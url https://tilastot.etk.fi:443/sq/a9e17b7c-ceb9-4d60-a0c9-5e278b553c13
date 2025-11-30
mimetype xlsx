--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc7ee14b4180443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aad5aab063194c0c9c9218bffdb222e4.psmdcp" Id="Rb018370d85f24d56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d56eef939884680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/213a8cc251dd49909dbc0d41d4280bca.psmdcp" Id="Rae4cc3fd7ccd4f19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno10_tksyy" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Sjukpensionsutgifter efter sjukdomshuvudgrupp, mn euro</x:t>
   </x:si>
   <x:si>
     <x:t>Arbetspensionsutgifter och FPA:s pensionsutgifter</x:t>
   </x:si>
   <x:si>