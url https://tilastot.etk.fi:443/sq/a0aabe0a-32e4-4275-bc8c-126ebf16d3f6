--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c258004bc9a4a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d48961ab5fb44ac7be40e83b46aaab09.psmdcp" Id="Raf9bcd29fefb46c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R264ed41286a34749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cbf0e57b213a46a8ab98336350f605ed.psmdcp" Id="R17e5d24e40254253" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>The monthly statistics on earnings-related pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Statistical month</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly change</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly change, %</x:t>
   </x:si>
   <x:si>
     <x:t>Annual change</x:t>
   </x:si>
   <x:si>
     <x:t>Annual change, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M09</x:t>
+    <x:t>2025M10</x:t>
   </x:si>
   <x:si>
     <x:t>Old-age pension</x:t>
   </x:si>
   <x:si>
     <x:t>Number of earnings-related pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Actual old-age pension</x:t>
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 25%</x:t>
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 50%</x:t>
   </x:si>
   <x:si>
     <x:t>Disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Actual disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Full disability pension</x:t>
   </x:si>
@@ -96,51 +96,51 @@
   </x:si>
   <x:si>
     <x:t>Survivors' pension</x:t>
   </x:si>
   <x:si>
     <x:t>All pension benefits</x:t>
   </x:si>
   <x:si>
     <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://etk.fi/en/research-statistics-and-projections/statistics/earnings-related-pension-recipients/&gt;&lt;u&gt;Go to Earnings-related Pension Recipients in Finland.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Different pension benefits in the statistics cannot be summed, because a pension recipient may receive several pension benefits at the same time.</x:t>
   </x:si>
   <x:si>
     <x:t>As of the beginning of 2021, survivors' pensions that amount to 0 euro are no longer included in the statistics.</x:t>
   </x:si>
   <x:si>
     <x:t>Symbols used in the table:
 - = Magnitude nil or category not applicable
 .. = Data not available or not published due to small number of cases</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251017 09:00</x:t>
+    <x:t>20251119 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions, Statistics service, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Number, euros/month, 1,000 euros</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -580,362 +580,362 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1421507</x:v>
+        <x:v>1419465</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>-1490</x:v>
+        <x:v>-2042</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>7959</x:v>
+        <x:v>3716</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1352774</x:v>
+        <x:v>1350726</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>-1468</x:v>
+        <x:v>-2048</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>7382</x:v>
+        <x:v>3943</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>12630</x:v>
+        <x:v>12582</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>14</x:v>
+        <x:v>-48</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>275</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>56120</x:v>
+        <x:v>56173</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>-36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>294</x:v>
+        <x:v>-321</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>113318</x:v>
+        <x:v>113977</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>567</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>-2543</x:v>
+        <x:v>-1572</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>113013</x:v>
+        <x:v>113646</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>540</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>-2631</x:v>
+        <x:v>-1689</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>91699</x:v>
+        <x:v>92195</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>342</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>-1985</x:v>
+        <x:v>-1266</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>21321</x:v>
+        <x:v>21458</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>197</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>-649</x:v>
+        <x:v>-429</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>-2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>305</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>27</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>88</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>40.6</x:v>
+        <x:v>54.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>3248</x:v>
+        <x:v>3210</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>-39</x:v>
+        <x:v>-38</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-698</x:v>
+        <x:v>-669</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>-17.7</x:v>
+        <x:v>-17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1534446</x:v>
+        <x:v>1533061</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>-925</x:v>
+        <x:v>-1385</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>5435</x:v>
+        <x:v>2174</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>222969</x:v>
+        <x:v>223124</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>-94</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
-        <x:v>-2738</x:v>
+        <x:v>-2416</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1567418</x:v>
+        <x:v>1566085</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>-947</x:v>
+        <x:v>-1333</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>4472</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="6" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="6" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>27</x:v>