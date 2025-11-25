--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -1,119 +1,119 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra33c53c66e7e49bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ccbac2f35d1e4e09af7302e9b1cc0ffd.psmdcp" Id="R863597b0cde34813" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b0510202c514c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73a63a8e86f84ea4bd460a1023e63580.psmdcp" Id="R3c5bb5800971450c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak01_piiri" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>17-68-year-olds covered by the earnings-related pension scheme</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>
     <x:t>Males</x:t>
   </x:si>
   <x:si>
     <x:t>Females</x:t>
   </x:si>
   <x:si>
     <x:t>Employed 31.12.</x:t>
   </x:si>
   <x:si>
-    <x:t>2023</x:t>
+    <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>TyEL</x:t>
   </x:si>
   <x:si>
     <x:t>All age groups</x:t>
   </x:si>
   <x:si>
     <x:t>YEL</x:t>
   </x:si>
   <x:si>
     <x:t>MYEL</x:t>
   </x:si>
   <x:si>
     <x:t>JuEL (Municipal Sector)</x:t>
   </x:si>
   <x:si>
     <x:t>JuEL (State)</x:t>
   </x:si>
   <x:si>
     <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://etk.fi/en/research-statistics-and-projections/statistics/insured-persons/&gt;&lt;u&gt;Go to Persons insured for an earnings-related pension in Finland.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>In the table, a person is included in all pension acts that he or she is covered by. A person is always included in the figures of sector in which he or she works (and/or from which he or she receives a pension.) If a person is working (and/or receiving a pension) from both sectors, he or she is registered in the figures of both sectors. Therefore the figures per pension act cannot be added up.</x:t>
   </x:si>
   <x:si>
     <x:t>In the beginning of 2017 the Public Sector Pensions Act (JuEL) entry into force combining the Local Government Pensions Act (KuEL), the State Employees Act (VaEL) and the Evangelical-Lutheran Church Pensions Act (KiEL). The Act also applies to the employees of the Social Insurance Institution Kela. As of 1 January 2021, the employees of the Bank of Finland are covered by the Public Sector Pensions Act.</x:t>
   </x:si>
   <x:si>
     <x:t>In the table, the age of a person is his or her age at the end of the statistical year. The lower age limit for the obligation to take out pension insurance was reduced to 17 years in the beginning of 2017. For the self-employed (YEL and MYEL Acts), the obligation to take out pension insurance starts at age 18.</x:t>
   </x:si>
   <x:si>
     <x:t>As of 2023, JuEL (Municipal Sector) also covers the wellbeing services counties.</x:t>
   </x:si>
   <x:si>
     <x:t>Symbols used in the table:
 - = Magnitude nil or category not applicable
 .. = Data not available or not published due to small number of cases</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20241128 09:00</x:t>
+    <x:t>20251120 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions, Statistics service, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -537,125 +537,125 @@
     <x:row r="3" spans="1:7">
       <x:c r="E3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>1613089</x:v>
+        <x:v>1596910</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>928090</x:v>
+        <x:v>918252</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>684999</x:v>
+        <x:v>678658</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>215692</x:v>
+        <x:v>215632</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>142360</x:v>
+        <x:v>142800</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>73332</x:v>
+        <x:v>72832</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="C6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>53308</x:v>
+        <x:v>52111</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>36277</x:v>
+        <x:v>35454</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>17031</x:v>
+        <x:v>16657</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="C7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>586520</x:v>
+        <x:v>564109</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>133418</x:v>
+        <x:v>126992</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>453102</x:v>
+        <x:v>437117</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="C8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>136871</x:v>
+        <x:v>130460</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>61073</x:v>
+        <x:v>58673</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>75798</x:v>
+        <x:v>71787</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="4" t="s">
         <x:v>16</x:v>