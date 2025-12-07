--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff6c3fa489ce4e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd278266d7b84e3eb3d7fea82ecdc269.psmdcp" Id="Re590e174ae754dad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reae62e0c52d0445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3f842f73227f4a539d52cfa2d454d09f.psmdcp" Id="R892b3cdba4b24636" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Työeläkkeensaajien kuukausitilasto</x:t>
   </x:si>
   <x:si>
     <x:t>Tilastokuukausi</x:t>
   </x:si>
   <x:si>
     <x:t>Kuukausimuutos</x:t>
   </x:si>
   <x:si>
     <x:t>Kuukausimuutos, %</x:t>
   </x:si>
   <x:si>
     <x:t>Vuosimuutos</x:t>
   </x:si>
   <x:si>
     <x:t>Vuosimuutos, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M09</x:t>
+    <x:t>2025M10</x:t>
   </x:si>
   <x:si>
     <x:t>Vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Kuukauden työeläkemeno, 1 000 euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Varsinainen vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Maatalouden erityiseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osa-aikaeläke</x:t>
   </x:si>
@@ -81,51 +81,51 @@
   </x:si>
   <x:si>
     <x:t>Perhe-eläke</x:t>
   </x:si>
   <x:si>
     <x:t>Kaikki eläkelajit</x:t>
   </x:si>
   <x:si>
     <x:t>Tilaston kuvaus, käsitteet ja määritelmät sekä laatuseloste ovat saatavilla Etk.fi-palvelussa. &lt;A HREF=https://etk.fi/tutkimus-tilastot-ja-ennusteet/tilastot/tyoelakkeensaajat/&gt;&lt;u&gt;Siirry Suomen työeläkkeensaajat -tilaston verkkosivulle Etk.fi-palveluun.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukon eri eläkelajit eivät ole yhteenlaskettavissa, koska henkilön on mahdollista saada samanaikaisesti usean eläkelajin mukaista eläkettä.</x:t>
   </x:si>
   <x:si>
     <x:t>Vuoden 2021 alusta lähtien nollan euron suuruiset perhe-eläkkeet eivät enää sisälly tilastoon.</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukossa käytetyt merkinnät:
 - = ei tapauksia tai loogisesti mahdoton
 .. = tietoa ei ole saatavissa tai sitä ei julkaista tapausten vähäisyyden vuoksi</x:t>
   </x:si>
   <x:si>
     <x:t>Päivitetty viimeksi:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251017 09:00</x:t>
+    <x:t>20251119 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lähde:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus</x:t>
   </x:si>
   <x:si>
     <x:t>Yhteystiedot:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus, Tilastopalvelu, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Tekijänoikeus</x:t>
   </x:si>
   <x:si>
     <x:t>Yksikkö:</x:t>
   </x:si>
   <x:si>
     <x:t>Lkm, euroa/kk, 1 000 euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Sisäinen viitekoodi:</x:t>
   </x:si>
@@ -565,247 +565,247 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>2772558</x:v>
+        <x:v>2769914</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>-1213</x:v>
+        <x:v>-2644</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>68093</x:v>
+        <x:v>60850</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>2718449</x:v>
+        <x:v>2715756</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>-1158</x:v>
+        <x:v>-2693</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>68177</x:v>
+        <x:v>61326</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>5684</x:v>
+        <x:v>5659</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>-25</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>133</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>48424</x:v>
+        <x:v>48498</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>-64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>-218</x:v>
+        <x:v>-549</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>152467</x:v>
+        <x:v>153540</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>840</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>735</x:v>
+        <x:v>1997</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>1020</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>-14</x:v>
+        <x:v>-19</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>-297</x:v>
+        <x:v>-283</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>-22.6</x:v>
+        <x:v>-22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>171524</x:v>
+        <x:v>171712</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>-57</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>1070</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>3097569</x:v>
+        <x:v>3096167</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>-444</x:v>
+        <x:v>-1402</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>69602</x:v>
+        <x:v>63824</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="6" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="6" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="6" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="6" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
         <x:v>22</x:v>