--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c61cb0960bc464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35fc86cd6e3d4fc88c3f19c86dd0f9d7.psmdcp" Id="Ra59cdecd617a4c25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb0f108257aa4520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a98c8194eb4240f4a264a9df3a87bc59.psmdcp" Id="R65e39fbd774146ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti20_elsi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>The monthly statistics on new retirees on earnings-related pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Statistical month</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees since start of the year</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees in statistical month of the previous year</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees since start of the year of the previous year</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M09</x:t>
+    <x:t>2025M10</x:t>
   </x:si>
   <x:si>
     <x:t>Old-age pension</x:t>
   </x:si>
   <x:si>
     <x:t>New retirees' average earnings-related pension, euros/month</x:t>
   </x:si>
   <x:si>
     <x:t>Disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Actual disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Full disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Partial disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Years-of-service pension</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
@@ -84,51 +84,51 @@
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 25%</x:t>
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 50%</x:t>
   </x:si>
   <x:si>
     <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://etk.fi/en/research-statistics-and-projections/statistics/earnings-related-pension-recipients/&gt;&lt;u&gt;Go to Earnings-related Pension Recipients in Finland.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Different pension benefits in the statistics cannot be summed, because a pension recipient may receive several pension benefits at the same time.</x:t>
   </x:si>
   <x:si>
     <x:t>The monthly statistics on new retirees on earnings-related pension are preliminary figures.</x:t>
   </x:si>
   <x:si>
     <x:t>Symbols used in the table:
 - = Magnitude nil or category not applicable
 .. = Data not available or not published due to small number of cases</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251017 09:00</x:t>
+    <x:t>20251119 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions, Statistics service, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Number, euros/month</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -555,260 +555,260 @@
     <x:row r="3" spans="1:7">
       <x:c r="D3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>2250</x:v>
+        <x:v>2103</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>2106</x:v>
+        <x:v>2108</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>2091</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>2061</x:v>
+        <x:v>2059</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="B5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1323</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>1301</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>1258</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>1289</x:v>
+        <x:v>1293</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="B6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>1306</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>1285</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>1245</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>1275</x:v>
+        <x:v>1281</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="B7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>1460</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>1415</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>1385</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>1397</x:v>
+        <x:v>1401</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="B8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="n">
         <x:v>953</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>932</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>971</x:v>
+        <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="B9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>1863</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>1884</x:v>
+        <x:v>1873</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>1856</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>1816</x:v>
+        <x:v>1820</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>850</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>827</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>741</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>769</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>488</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>477</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>434</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>442</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>970</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>930</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>829</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>847</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="5" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="5" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="5" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
         <x:v>23</x:v>