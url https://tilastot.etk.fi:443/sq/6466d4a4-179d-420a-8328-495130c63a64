--- v0 (2025-10-21)
+++ v1 (2025-12-09)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a2bdb6d715d497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/97965b894eca4dce91f044737b292569.psmdcp" Id="R1fa94e7cd471489b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd42314f96cc84c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3eaf1195c9464d58b96765f1471352f5.psmdcp" Id="Rca3590703aeb41f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak01_piiri" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Personer i åldern 17-68 år som omfattas av arbetspensionssystemet</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>
     <x:t>Män</x:t>
   </x:si>
   <x:si>
     <x:t>Kvinnor</x:t>
   </x:si>
   <x:si>
     <x:t>I arbete 31.12</x:t>
   </x:si>
   <x:si>
-    <x:t>2023</x:t>
+    <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>Privata och offentliga sektorer tillsammans</x:t>
   </x:si>
   <x:si>
     <x:t>Samtliga åldersgrupper</x:t>
   </x:si>
   <x:si>
     <x:t>Under 20</x:t>
   </x:si>
   <x:si>
     <x:t>20 - 24</x:t>
   </x:si>
   <x:si>
     <x:t>25 - 29</x:t>
   </x:si>
   <x:si>
     <x:t>30 - 34</x:t>
   </x:si>
   <x:si>
     <x:t>35 - 39</x:t>
   </x:si>
   <x:si>
     <x:t>40 - 44</x:t>
   </x:si>
@@ -90,51 +90,51 @@
   </x:si>
   <x:si>
     <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensionsforsakrade/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionsförsäkrade i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>I tabellen ingår en person i alla de arbetspensionslagar som han eller hon omfattas av. En person ingår alltid i siffrorna för den sektor i vilken han eller hon arbetar (och/eller får pension). Om en person arbetar (och/eller får pension) inom båda sektorerna, ingår han eller hon i båda sektorernas siffror. Därför går det inte att addera ihop pensionslagsspecifika siffror.</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionslagen för den officiella sektorn (OffPL) trädee igraft i början av år 2017. I den sammanslogs lagen om kommunala pensioner (KomPL), lagen om statens pensioner (StaPL) och pensionslagen för evangelisk-lutherska kyrkan (KyPL). Pensionslagen för den offentliga sektorn omfattar också annställda vid Folkpensionsanstalten. Pensionsskyddet för Finlands Bank fastställs i pensionslagen för den offentliga sektorn från och med år 2021.</x:t>
   </x:si>
   <x:si>
     <x:t>Ålder i tabellen är personens ålder vid utgången av statistikåret. I början av 2017 sänktes den nedre gränsen för försäkringsskyldigheten till 17 år. För företagare (YEL och MYEL) är den nedre gränsen för försäkringsskyldigheten 18 år.</x:t>
   </x:si>
   <x:si>
     <x:t>Från och med 2023 omfattar OffPL (kommunsektorn) också välfärdsområden.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20241128 09:00</x:t>
+    <x:t>20251120 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -558,211 +558,211 @@
     <x:row r="3" spans="1:7">
       <x:c r="E3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>2493097</x:v>
+        <x:v>2464810</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>1249207</x:v>
+        <x:v>1235755</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>1243890</x:v>
+        <x:v>1229055</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="D5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>60225</x:v>
+        <x:v>55343</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>25894</x:v>
+        <x:v>23423</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>34331</x:v>
+        <x:v>31920</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="D6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>172931</x:v>
+        <x:v>167846</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>85182</x:v>
+        <x:v>82536</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>87749</x:v>
+        <x:v>85310</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="D7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>249548</x:v>
+        <x:v>240059</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>128819</x:v>
+        <x:v>124349</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>120729</x:v>
+        <x:v>115710</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="D8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>294747</x:v>
+        <x:v>291828</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>154927</x:v>
+        <x:v>152823</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>139820</x:v>
+        <x:v>139005</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="D9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>298024</x:v>
+        <x:v>296402</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
-        <x:v>155972</x:v>
+        <x:v>155097</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>142052</x:v>
+        <x:v>141305</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="D10" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>306516</x:v>
+        <x:v>307752</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
-        <x:v>157109</x:v>
+        <x:v>157893</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>149407</x:v>
+        <x:v>149859</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="D11" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>294838</x:v>
+        <x:v>295877</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>148631</x:v>
+        <x:v>149490</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>146207</x:v>
+        <x:v>146387</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="D12" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>263363</x:v>
+        <x:v>260455</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>130559</x:v>
+        <x:v>129316</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>132804</x:v>
+        <x:v>131139</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="D13" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>287779</x:v>
+        <x:v>278240</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>138899</x:v>
+        <x:v>134401</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>148880</x:v>
+        <x:v>143839</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="D14" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>227768</x:v>
+        <x:v>233188</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>105977</x:v>
+        <x:v>108662</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>121791</x:v>
+        <x:v>124526</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="D15" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>37358</x:v>
+        <x:v>37820</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
-        <x:v>17238</x:v>
+        <x:v>17765</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>20120</x:v>
+        <x:v>20055</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="4" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="4" t="s">
         <x:v>23</x:v>