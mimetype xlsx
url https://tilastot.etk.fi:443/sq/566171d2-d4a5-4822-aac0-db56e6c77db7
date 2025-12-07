--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14f477f28b3b4436" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cd2279049bd64c45b4311c14468c071d.psmdcp" Id="R7cc35b517b524a89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e67c80fcca741ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f07794b70c1d4941a3cba02df4fdece4.psmdcp" Id="Rc01171d937f94d73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti20_elsi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Työeläkkeelle siirtyneiden kuukausitilasto</x:t>
   </x:si>
   <x:si>
     <x:t>Tilastokuukausi</x:t>
   </x:si>
   <x:si>
     <x:t>Siirtyneet vuoden alusta</x:t>
   </x:si>
   <x:si>
     <x:t>Siirtyneet tilastokuukautena edellisenä vuonna</x:t>
   </x:si>
   <x:si>
     <x:t>Siirtyneet vuoden alusta edellisenä vuonna</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M09</x:t>
+    <x:t>2025M10</x:t>
   </x:si>
   <x:si>
     <x:t>Vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Siirtyneen keskimääräinen työeläke, euroa/kk</x:t>
   </x:si>
   <x:si>
     <x:t>Työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Varsinainen työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Täysi työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osatyökyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Työuraeläke</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
@@ -84,51 +84,51 @@
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Tilaston kuvaus, käsitteet ja määritelmät sekä laatuseloste ovat saatavilla Etk.fi-palvelussa. &lt;A HREF=https://etk.fi/tutkimus-tilastot-ja-ennusteet/tilastot/tyoelakkeensaajat/&gt;&lt;u&gt;Siirry Suomen työeläkkeensaajat -tilaston verkkosivulle Etk.fi-palveluun.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukon eri eläkelajit eivät ole yhteenlaskettavissa, koska henkilön on mahdollista saada samanaikaisesti usean eläkelajin mukaista eläkettä.</x:t>
   </x:si>
   <x:si>
     <x:t>Työeläkkeelle siirtyneiden kuukausitilaston tiedot ovat ennakkotietoja.</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukossa käytetyt merkinnät:
 - = ei tapauksia tai loogisesti mahdoton
 .. = tietoa ei ole saatavissa tai sitä ei julkaista tapausten vähäisyyden vuoksi</x:t>
   </x:si>
   <x:si>
     <x:t>Päivitetty viimeksi:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251017 09:00</x:t>
+    <x:t>20251119 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lähde:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus</x:t>
   </x:si>
   <x:si>
     <x:t>Yhteystiedot:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus, Tilastopalvelu, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Tekijänoikeus</x:t>
   </x:si>
   <x:si>
     <x:t>Yksikkö:</x:t>
   </x:si>
   <x:si>
     <x:t>Lkm, euroa/kk</x:t>
   </x:si>
   <x:si>
     <x:t>Sisäinen viitekoodi:</x:t>
   </x:si>
@@ -556,260 +556,260 @@
     <x:row r="3" spans="1:7">
       <x:c r="D3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>2250</x:v>
+        <x:v>2103</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>2106</x:v>
+        <x:v>2108</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>2091</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>2061</x:v>
+        <x:v>2059</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="B5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1323</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>1301</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>1258</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>1289</x:v>
+        <x:v>1293</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="B6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>1306</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>1285</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>1245</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>1275</x:v>
+        <x:v>1281</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="B7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>1460</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>1415</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>1385</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>1397</x:v>
+        <x:v>1401</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="B8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="n">
         <x:v>953</x:v>
       </x:c>
-      <x:c r="E8" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>932</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>971</x:v>
+        <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="B9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>1863</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>1884</x:v>
+        <x:v>1873</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>1856</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>1816</x:v>
+        <x:v>1820</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>850</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>827</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>741</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>769</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>488</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>477</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>434</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>442</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>970</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>930</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>829</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>847</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="5" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="5" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="5" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
         <x:v>23</x:v>