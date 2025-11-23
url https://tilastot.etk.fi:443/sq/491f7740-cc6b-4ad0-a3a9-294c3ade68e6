--- v0 (2025-10-04)
+++ v1 (2025-11-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3db542375974f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fc12fdf0ea984d81980c44b3d5a9cd58.psmdcp" Id="R666e77ef7822466e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34bd303a4d6d4739" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/666fafb5d20e46dc83c13f1333390e98.psmdcp" Id="Rfc11b3bc3032464b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_10ratk" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="37">
   <x:si>
     <x:t>Decisions on coverage by Finnish social security while working abroad</x:t>
   </x:si>
   <x:si>
     <x:t>Decisions issued by handler, number</x:t>
   </x:si>
   <x:si>