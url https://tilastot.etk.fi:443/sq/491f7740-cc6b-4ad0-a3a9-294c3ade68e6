--- v1 (2025-11-23)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34bd303a4d6d4739" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/666fafb5d20e46dc83c13f1333390e98.psmdcp" Id="Rfc11b3bc3032464b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R880002c6abb04f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f3860a59e24d4a03b536823e4cf266ce.psmdcp" Id="R114ed4a132464634" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_10ratk" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="37">
   <x:si>
     <x:t>Decisions on coverage by Finnish social security while working abroad</x:t>
   </x:si>
   <x:si>
     <x:t>Decisions issued by handler, number</x:t>
   </x:si>
   <x:si>