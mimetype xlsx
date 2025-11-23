--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -1,110 +1,110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb73cb009624426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8bcaa718de554b599b5fce74ba77e99c.psmdcp" Id="Rc244c4590ca34ba0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceacc3bfe9c4482e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0c7002b021945d78800a185ec5b1382.psmdcp" Id="Re0df170240564d56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak08_ansio" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Insured earnings and confirmed incomes (incl. leeway)</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>
     <x:t>Males</x:t>
   </x:si>
   <x:si>
     <x:t>Females</x:t>
   </x:si>
   <x:si>
     <x:t>Median earnings, euros/month</x:t>
   </x:si>
   <x:si>
-    <x:t>2023</x:t>
+    <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>Private and public sectors, employees</x:t>
   </x:si>
   <x:si>
     <x:t>All age groups</x:t>
   </x:si>
   <x:si>
     <x:t>TyEL</x:t>
   </x:si>
   <x:si>
     <x:t>JuEL (Municipal Sector) / employees and civil servants</x:t>
   </x:si>
   <x:si>
     <x:t>JuEL (State)</x:t>
   </x:si>
   <x:si>
     <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://etk.fi/en/research-statistics-and-projections/statistics/insured-persons/&gt;&lt;u&gt;Go to Persons insured for an earnings-related pension in Finland.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>In these statistics, the earnings for employees are the earnings insured for an earnings-related pension, and for self-employed persons, their insured incomes. The average employees' insured earning or self-employed person's insured income constitutes an arithmetic average value of gross earnings at the level of the statistical year. Median earnings are the mid-point of the earnings or incomes distribution. For employee, the average monthly earnings are calculated by dividing annual earnings by number of months in employment. For the self-employed, the monthly earnings are calculated by the number of months during which the insurance is valid.</x:t>
   </x:si>
   <x:si>
     <x:t>As of 2023, JuEL (Municipal Sector) also covers the wellbeing services counties.</x:t>
   </x:si>
   <x:si>
     <x:t>Symbols used in the table:
 - = Magnitude nil or category not applicable
 .. = Data not available or not published due to small number of cases</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20241128 09:00</x:t>
+    <x:t>20251120 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions, Statistics service, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Number, euros/month, euros/year</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -528,108 +528,108 @@
     <x:row r="3" spans="1:7">
       <x:c r="E3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>3105</x:v>
+        <x:v>3208</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>3429</x:v>
+        <x:v>3525</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>2842</x:v>
+        <x:v>2950</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>2962</x:v>
+        <x:v>3056</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>3340</x:v>
+        <x:v>3429</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>2486</x:v>
+        <x:v>2588</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="C6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>2855</x:v>
+        <x:v>2976</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>3022</x:v>
+        <x:v>3164</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>2824</x:v>
+        <x:v>2939</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="C7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>3982</x:v>
+        <x:v>4126</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>4365</x:v>
+        <x:v>4516</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>3641</x:v>
+        <x:v>3779</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="4" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="0" t="s">
         <x:v>15</x:v>