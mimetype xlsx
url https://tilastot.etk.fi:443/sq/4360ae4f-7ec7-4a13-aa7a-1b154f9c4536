--- v0 (2025-10-08)
+++ v1 (2025-11-25)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R990ba574587343ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08d37f432ace457b99a0e84969731058.psmdcp" Id="R55eb9cca85414c87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23f42ea5ab6c4809" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b2e04ef57b6048f3a8fa15d1625c7065.psmdcp" Id="R21c0843046624684" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak09_jakauma" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Fördelning av arbetspensionsförsäkrade månadsinkomster och -arbetsinkomster efter storlek</x:t>
   </x:si>
   <x:si>
     <x:t>Män</x:t>
   </x:si>
   <x:si>
     <x:t>Kvinnor</x:t>
   </x:si>
   <x:si>
     <x:t>Under 500</x:t>
   </x:si>
   <x:si>
-    <x:t>2023</x:t>
+    <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>Privata och offentliga sektorer, löntagare</x:t>
   </x:si>
   <x:si>
     <x:t>Samtliga åldersgrupper</x:t>
   </x:si>
   <x:si>
     <x:t>500 - 999</x:t>
   </x:si>
   <x:si>
     <x:t>1 000 - 1 499</x:t>
   </x:si>
   <x:si>
     <x:t>1 500 - 1 999</x:t>
   </x:si>
   <x:si>
     <x:t>2 000 - 2 499</x:t>
   </x:si>
   <x:si>
     <x:t>2 500 - 2 999</x:t>
   </x:si>
   <x:si>
     <x:t>3 000 - 3 499</x:t>
   </x:si>
@@ -111,51 +111,51 @@
   </x:si>
   <x:si>
     <x:t>10 000 -</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensionsforsakrade/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionsförsäkrade i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Arbetspensionsförsäkrade inkomsten är bruttoinkomst eller arbetsinkomst enligt statistikårets nivå, euro i månaden. Hos löntagarna har månadsinkomsten räknats genom att dividera årsinkomst med antalet månader i arbete. Hos företagarna har månadsarbetsinkomsten bildats utifrån de månader som försäkringen varit giltig.</x:t>
   </x:si>
   <x:si>
     <x:t>Från och med 2023 omfattar OffPL (kommunsektorn) också välfärdsområden.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukon teksti eroaa tietokannassa olevasta, sillä sitä on muokattu manuaalisesti</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20241128 09:00</x:t>
+    <x:t>20251120 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -575,454 +575,454 @@
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:6">
       <x:c r="E3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:6">
       <x:c r="A4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>51216</x:v>
+        <x:v>49782</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>70094</x:v>
+        <x:v>68035</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:6">
       <x:c r="A5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>58186</x:v>
+        <x:v>55112</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>90836</x:v>
+        <x:v>85303</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:6">
       <x:c r="A6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B6" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>70608</x:v>
+        <x:v>65415</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>105437</x:v>
+        <x:v>97458</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:6">
       <x:c r="A7" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>84221</x:v>
+        <x:v>78590</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>120604</x:v>
+        <x:v>110655</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6">
       <x:c r="A8" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>106844</x:v>
+        <x:v>100260</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>159446</x:v>
+        <x:v>146884</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6">
       <x:c r="A9" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>147091</x:v>
+        <x:v>138211</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
-        <x:v>203528</x:v>
+        <x:v>194419</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6">
       <x:c r="A10" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D10" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>162746</x:v>
+        <x:v>156757</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
-        <x:v>185772</x:v>
+        <x:v>184767</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6">
       <x:c r="A11" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>144002</x:v>
+        <x:v>142338</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>134946</x:v>
+        <x:v>144381</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6">
       <x:c r="A12" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>115670</x:v>
+        <x:v>117023</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>93869</x:v>
+        <x:v>101251</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6">
       <x:c r="A13" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D13" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>88301</x:v>
+        <x:v>91380</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>63788</x:v>
+        <x:v>70821</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6">
       <x:c r="A14" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>67302</x:v>
+        <x:v>70097</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>41755</x:v>
+        <x:v>47682</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6">
       <x:c r="A15" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>49799</x:v>
+        <x:v>53779</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
-        <x:v>26444</x:v>
+        <x:v>30205</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6">
       <x:c r="A16" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B16" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D16" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>37779</x:v>
+        <x:v>40584</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
-        <x:v>17980</x:v>
+        <x:v>20169</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6">
       <x:c r="A17" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D17" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>28094</x:v>
+        <x:v>30725</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
-        <x:v>12857</x:v>
+        <x:v>14425</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6">
       <x:c r="A18" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D18" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
-        <x:v>21362</x:v>
+        <x:v>23316</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
-        <x:v>9381</x:v>
+        <x:v>10615</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6">
       <x:c r="A19" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C19" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D19" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
-        <x:v>16152</x:v>
+        <x:v>17523</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
-        <x:v>7075</x:v>
+        <x:v>7945</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6">
       <x:c r="A20" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D20" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
-        <x:v>12156</x:v>
+        <x:v>13512</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
-        <x:v>5428</x:v>
+        <x:v>5993</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6">
       <x:c r="A21" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C21" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D21" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
-        <x:v>9398</x:v>
+        <x:v>10238</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
-        <x:v>4057</x:v>
+        <x:v>4564</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6">
       <x:c r="A22" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B22" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C22" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D22" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
-        <x:v>7394</x:v>
+        <x:v>8011</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
-        <x:v>3258</x:v>
+        <x:v>3642</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6">
       <x:c r="A23" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B23" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C23" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D23" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
-        <x:v>5799</x:v>
+        <x:v>6187</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
-        <x:v>2561</x:v>
+        <x:v>2881</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6">
       <x:c r="A24" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B24" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C24" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D24" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
-        <x:v>32516</x:v>
+        <x:v>35092</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
-        <x:v>12119</x:v>
+        <x:v>14058</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6">
       <x:c r="A26" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6">
       <x:c r="A27" s="4" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6">
       <x:c r="A28" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6">
       <x:c r="A29" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6">
       <x:c r="A30" s="4" t="s">
         <x:v>31</x:v>