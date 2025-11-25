--- v0 (2025-10-08)
+++ v1 (2025-11-25)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R099040ad1f10413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/912da4f671fc464990f796a2c9a30afe.psmdcp" Id="Raa1bc0eda4f64dfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cbfe64aef4f4543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fceeacc8ec69433eab52ea3ebbbbda5e.psmdcp" Id="R281f362536d843ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak08_ansio" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <x:si>
     <x:t>Arbetspensionsförsäkrade inkomster och arbetsinkomster (ink. flexibilitet)</x:t>
   </x:si>
   <x:si>
     <x:t>Män</x:t>
   </x:si>
   <x:si>
     <x:t>Kvinnor</x:t>
   </x:si>
   <x:si>
     <x:t>Medelinkomst, euro/mån</x:t>
   </x:si>
   <x:si>
-    <x:t>2023</x:t>
+    <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>Privata och offentliga sektorer, löntagare</x:t>
   </x:si>
   <x:si>
     <x:t>Under 20</x:t>
   </x:si>
   <x:si>
     <x:t>20 - 24</x:t>
   </x:si>
   <x:si>
     <x:t>25 - 29</x:t>
   </x:si>
   <x:si>
     <x:t>30 - 34</x:t>
   </x:si>
   <x:si>
     <x:t>35 - 39</x:t>
   </x:si>
   <x:si>
     <x:t>40 - 44</x:t>
   </x:si>
   <x:si>
     <x:t>45 - 49</x:t>
   </x:si>
@@ -78,51 +78,51 @@
   </x:si>
   <x:si>
     <x:t>60 - 64</x:t>
   </x:si>
   <x:si>
     <x:t>65 - 68</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensionsforsakrade/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionsförsäkrade i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Inkomsten som används i statistiken för löntagare är den arbetspensionsförsäkrade (arbets)inkomsten och hos företagare arbetsinkomsten. Arbetspensionsförsäkrade medelinkomsten är bruttoinkomsternas eller arbetsinkomsternas aritmetiska medelvärde enligt statistikårets nivå. Medianinkomsten är den mellersta försäkrades inkomst eller arbetsinkomst. Hos löntagarna har månadsinkomsten räknats genom att dividera årsinkomst med antalet månader I arbete. Hos företagarna har månadsarbetsinkomsten bildats utifrån de månader som försäkringen varit giltig.</x:t>
   </x:si>
   <x:si>
     <x:t>Från och med 2023 omfattar OffPL (kommunsektorn) också välfärdsområden.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20241128 09:00</x:t>
+    <x:t>20251120 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, euro/mån, euro/år</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -542,164 +542,164 @@
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:6">
       <x:c r="E3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:6">
       <x:c r="A4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>1156</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>886</x:v>
+        <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:6">
       <x:c r="D5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>2056</x:v>
+        <x:v>2088</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>1637</x:v>
+        <x:v>1663</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:6">
       <x:c r="D6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>2988</x:v>
+        <x:v>3034</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>2513</x:v>
+        <x:v>2591</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:6">
       <x:c r="D7" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>3633</x:v>
+        <x:v>3710</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>2904</x:v>
+        <x:v>3017</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6">
       <x:c r="D8" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>4096</x:v>
+        <x:v>4182</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>3184</x:v>
+        <x:v>3298</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6">
       <x:c r="D9" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>4511</x:v>
+        <x:v>4597</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
-        <x:v>3545</x:v>
+        <x:v>3648</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6">
       <x:c r="D10" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>4877</x:v>
+        <x:v>4991</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
-        <x:v>3774</x:v>
+        <x:v>3908</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6">
       <x:c r="D11" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>4843</x:v>
+        <x:v>5003</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>3736</x:v>
+        <x:v>3900</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6">
       <x:c r="D12" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>4606</x:v>
+        <x:v>4775</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>3631</x:v>
+        <x:v>3770</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6">
       <x:c r="D13" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>4318</x:v>
+        <x:v>4460</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>3329</x:v>
+        <x:v>3484</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6">
       <x:c r="D14" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>3025</x:v>
+        <x:v>3357</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>2098</x:v>
+        <x:v>2392</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6">
       <x:c r="A16" s="4" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6">
       <x:c r="A17" s="4" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6">
       <x:c r="A18" s="4" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6">
       <x:c r="A19" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6">
       <x:c r="A21" s="0" t="s">
         <x:v>21</x:v>