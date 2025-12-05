--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ea002cb7cb3415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0869004b1b94464abbdae8ac6d618dca.psmdcp" Id="R7915d60f5d4441cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R023c3754c4964a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7cf3d8a68e054af9a6404a7f0afb8f52.psmdcp" Id="R2cf0a0c53abd47af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>The monthly statistics on earnings-related pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Statistical month</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly change</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly change, %</x:t>
   </x:si>
   <x:si>
     <x:t>Annual change</x:t>
   </x:si>
   <x:si>
     <x:t>Annual change, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M09</x:t>
+    <x:t>2025M10</x:t>
   </x:si>
   <x:si>
     <x:t>Old-age pension</x:t>
   </x:si>
   <x:si>
     <x:t>Average earnings-related pension, euros/month</x:t>
   </x:si>
   <x:si>
     <x:t>Actual old-age pension</x:t>
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 25%</x:t>
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 50%</x:t>
   </x:si>
   <x:si>
     <x:t>Disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Actual disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Full disability pension</x:t>
   </x:si>
@@ -96,51 +96,51 @@
   </x:si>
   <x:si>
     <x:t>Survivors' pension</x:t>
   </x:si>
   <x:si>
     <x:t>All pension benefits</x:t>
   </x:si>
   <x:si>
     <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://etk.fi/en/research-statistics-and-projections/statistics/earnings-related-pension-recipients/&gt;&lt;u&gt;Go to Earnings-related Pension Recipients in Finland.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Different pension benefits in the statistics cannot be summed, because a pension recipient may receive several pension benefits at the same time.</x:t>
   </x:si>
   <x:si>
     <x:t>As of the beginning of 2021, survivors' pensions that amount to 0 euro are no longer included in the statistics.</x:t>
   </x:si>
   <x:si>
     <x:t>Symbols used in the table:
 - = Magnitude nil or category not applicable
 .. = Data not available or not published due to small number of cases</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251017 09:00</x:t>
+    <x:t>20251119 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions, Statistics service, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Number, euros/month, 1,000 euros</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -580,350 +580,350 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1951</x:v>
+        <x:v>1952</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>2010</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>450</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>863</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>-1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>-9</x:v>
+        <x:v>-5</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>1352</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>1350</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>1444</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>946</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>2343</x:v>
+        <x:v>2348</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>709</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-6</x:v>
+        <x:v>-5</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1907</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>769</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1976</x:v>
+        <x:v>1977</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">