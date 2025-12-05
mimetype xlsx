--- v0 (2025-10-05)
+++ v1 (2025-12-05)
@@ -1,119 +1,119 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R012753a456dd45ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6cbcfb3d2640404aaa6421d0a1d4f377.psmdcp" Id="R080a9be340714599" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a4c4f8fa4a649d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d44716720ab45e587e8ac440104cd4a.psmdcp" Id="Re81f7e44c5264b74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak01_piiri" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Työeläkejärjestelmän piiriin kuuluvat 17-68-vuotiaat</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>
     <x:t>Miehet</x:t>
   </x:si>
   <x:si>
     <x:t>Naiset</x:t>
   </x:si>
   <x:si>
     <x:t>Työssä 31.12.</x:t>
   </x:si>
   <x:si>
-    <x:t>2023</x:t>
+    <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>TyEL</x:t>
   </x:si>
   <x:si>
     <x:t>Kaikki ikäluokat</x:t>
   </x:si>
   <x:si>
     <x:t>YEL</x:t>
   </x:si>
   <x:si>
     <x:t>MYEL</x:t>
   </x:si>
   <x:si>
     <x:t>JuEL (kunta-ala)</x:t>
   </x:si>
   <x:si>
     <x:t>JuEL (valtio)</x:t>
   </x:si>
   <x:si>
     <x:t>Tilaston kuvaus, käsitteet ja määritelmät sekä laatuseloste ovat saatavilla Etk.fi-palvelussa. &lt;A HREF=https://etk.fi/tutkimus-tilastot-ja-ennusteet/tilastot/tyoelakevakuutetut/&gt;&lt;u&gt;Siirry Suomen työeläkevakuutetut -tilaston verkkosivulle Etk.fi-palveluun.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukossa henkilö sisältyy kaikkiin työeläkelakeihin, joiden piiriin hän kuuluu. Henkilö on aina sen sektorin lukumäärissä, millä sektorilla hän työskentelee (ja/tai saa eläkettä). Jos henkilö työskentelee (ja/tai saa eläkettä) molemmilla sektoreilla, hän on molempien sektoreiden lukumäärissä. Siksi taulukon eläkelakikohtaisia lukumääriä ei saa summata yhteen.</x:t>
   </x:si>
   <x:si>
     <x:t>Julkisten alojen eläkelaki (JuEL) tuli voimaan vuoden 2017 alussa. Siihen yhdistettiin kunnallisen eläkelain (KuEL), valtion eläkelain (VaEL) ja evankelis-luterilaisen kirkon eläkelain (KiEL) työeläketurvaa koskevat säännökset. Julkisten alojen eläkelaki koskee myös Kansaneläkelaitoksen henkilökuntaa. Suomen Pankin eläketurvasta on säädetty julkisten alojen eläkelaissa vuoden 2021 alusta lukien.</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukossa ikä on henkilön ikä tilastovuoden lopussa. Vakuuttamisvelvollisuuden alaikäraja laski 17 vuoteen vuoden 2017 alussa. Yrittäjätoiminnassa (YEL ja MYEL) vakuuttamisen alaikäraja on 18 vuotta.</x:t>
   </x:si>
   <x:si>
     <x:t>Vuodesta 2023 alkaen JuEL (kunta-ala) sisältää myös hyvinvointialueet.</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukossa käytetyt merkinnät:
 - = ei tapauksia tai loogisesti mahdoton
 .. = tietoa ei ole saatavissa tai sitä ei julkaista tapausten vähäisyyden vuoksi</x:t>
   </x:si>
   <x:si>
     <x:t>Päivitetty viimeksi:</x:t>
   </x:si>
   <x:si>
-    <x:t>20241128 09:00</x:t>
+    <x:t>20251120 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lähde:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus</x:t>
   </x:si>
   <x:si>
     <x:t>Yhteystiedot:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus, Tilastopalvelu, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Tekijänoikeus</x:t>
   </x:si>
   <x:si>
     <x:t>Yksikkö:</x:t>
   </x:si>
   <x:si>
     <x:t>Lkm</x:t>
   </x:si>
   <x:si>
     <x:t>Sisäinen viitekoodi:</x:t>
   </x:si>
@@ -537,125 +537,125 @@
     <x:row r="3" spans="1:7">
       <x:c r="E3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>1613089</x:v>
+        <x:v>1596910</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>928090</x:v>
+        <x:v>918252</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>684999</x:v>
+        <x:v>678658</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>215692</x:v>
+        <x:v>215632</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>142360</x:v>
+        <x:v>142800</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>73332</x:v>
+        <x:v>72832</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="C6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>53308</x:v>
+        <x:v>52111</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>36277</x:v>
+        <x:v>35454</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>17031</x:v>
+        <x:v>16657</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="C7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>586520</x:v>
+        <x:v>564109</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>133418</x:v>
+        <x:v>126992</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>453102</x:v>
+        <x:v>437117</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="C8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>136871</x:v>
+        <x:v>130460</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>61073</x:v>
+        <x:v>58673</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>75798</x:v>
+        <x:v>71787</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="4" t="s">
         <x:v>16</x:v>