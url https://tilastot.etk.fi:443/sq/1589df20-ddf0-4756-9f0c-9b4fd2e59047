--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -1,110 +1,110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0675a1cb99a4075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0fb7b6967688407e93323dc21b4f5a93.psmdcp" Id="Ra65353bf1b9c4a0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44c6b546c5ec470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1537a53cf60a4ded89f079c5721c00ec.psmdcp" Id="R1a2014c00606443b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak08_ansio" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Työeläkevakuutetut ansiot ja työtulot</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>
     <x:t>Miehet</x:t>
   </x:si>
   <x:si>
     <x:t>Naiset</x:t>
   </x:si>
   <x:si>
     <x:t>Keskiansio, euroa/kk</x:t>
   </x:si>
   <x:si>
-    <x:t>2023</x:t>
+    <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>Yksityinen ja julkinen sektori, palkansaajat</x:t>
   </x:si>
   <x:si>
     <x:t>Kaikki ikäluokat</x:t>
   </x:si>
   <x:si>
     <x:t>TyEL</x:t>
   </x:si>
   <x:si>
     <x:t>JuEL (kunta-ala) / työ- tai virkasuhde</x:t>
   </x:si>
   <x:si>
     <x:t>JuEL (valtio)</x:t>
   </x:si>
   <x:si>
     <x:t>Tilaston kuvaus, käsitteet ja määritelmät sekä laatuseloste ovat saatavilla Etk.fi-palvelussa. &lt;A HREF=https://etk.fi/tutkimus-tilastot-ja-ennusteet/tilastot/tyoelakevakuutetut/&gt;&lt;u&gt;Siirry Suomen työeläkevakuutetut -tilaston verkkosivulle Etk.fi-palveluun.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Tilastoissa käytetty ansio on palkansaajalla työeläkevakuutettu (työ)ansio ja yrittäjällä työtulo. Työeläkevakuutettu keskiansio on bruttoansioiden tai työtulojen aritmeettinen keskiarvo tilastovuoden tasossa. Mediaaniansio on keskimmäisen vakuutetun ansio tai työtulo. Palkansaajalla kuukausiansio on saatu jakamalla vuosiansio työkuukausien määrällä. Yrittäjällä kuukausityötulo on muodostettu vakuutuksen voimassaolokuukausien perusteella.</x:t>
   </x:si>
   <x:si>
     <x:t>Vuodesta 2023 alkaen JuEL (kunta-ala) sisältää myös hyvinvointialueet.</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukossa käytetyt merkinnät:
 - = ei tapauksia tai loogisesti mahdoton
 .. = tietoa ei ole saatavissa tai sitä ei julkaista tapausten vähäisyyden vuoksi</x:t>
   </x:si>
   <x:si>
     <x:t>Päivitetty viimeksi:</x:t>
   </x:si>
   <x:si>
-    <x:t>20241128 09:00</x:t>
+    <x:t>20251120 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lähde:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus</x:t>
   </x:si>
   <x:si>
     <x:t>Yhteystiedot:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus, Tilastopalvelu, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Tekijänoikeus</x:t>
   </x:si>
   <x:si>
     <x:t>Yksikkö:</x:t>
   </x:si>
   <x:si>
     <x:t>Lkm, euroa/kk, euroa/vuosi</x:t>
   </x:si>
   <x:si>
     <x:t>Sisäinen viitekoodi:</x:t>
   </x:si>
@@ -528,108 +528,108 @@
     <x:row r="3" spans="1:7">
       <x:c r="E3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>3425</x:v>
+        <x:v>3540</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>3839</x:v>
+        <x:v>3951</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>3028</x:v>
+        <x:v>3147</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>3315</x:v>
+        <x:v>3424</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>3769</x:v>
+        <x:v>3876</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>2731</x:v>
+        <x:v>2841</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="C6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>2946</x:v>
+        <x:v>3076</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>3210</x:v>
+        <x:v>3350</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>2867</x:v>
+        <x:v>2994</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="C7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>3893</x:v>
+        <x:v>4034</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>4284</x:v>
+        <x:v>4427</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>3594</x:v>
+        <x:v>3728</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="4" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="4" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="0" t="s">
         <x:v>15</x:v>