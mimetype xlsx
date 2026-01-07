--- v0 (2025-12-17)
+++ v1 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf33b1f5bd5be403b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e46e807ab2f943e1bb9bc9fc9c8a1c03.psmdcp" Id="R1679468e7b7641b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R796b6af563ed4663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5149cba247754df4a69f906a6cb28260.psmdcp" Id="Raff6c8fa7ac24669" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien keskieläke vuosina 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Eläkkeensaajien lukumäärä, lkm</x:t>
   </x:si>
   <x:si>