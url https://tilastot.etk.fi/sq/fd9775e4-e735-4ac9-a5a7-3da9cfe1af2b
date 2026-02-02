--- v1 (2026-01-07)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R796b6af563ed4663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5149cba247754df4a69f906a6cb28260.psmdcp" Id="Raff6c8fa7ac24669" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1934955b6985430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c4830d7d414e415c810ee682dadd6e00.psmdcp" Id="R7de9dc8795cf4b0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien keskieläke vuosina 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Eläkkeensaajien lukumäärä, lkm</x:t>
   </x:si>
   <x:si>