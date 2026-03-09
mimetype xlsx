--- v2 (2026-02-02)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1934955b6985430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c4830d7d414e415c810ee682dadd6e00.psmdcp" Id="R7de9dc8795cf4b0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R348240d837364463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c84f0236a0045d3afae936eaa0bcf00.psmdcp" Id="Rf41f38c130cd421d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien keskieläke vuosina 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Eläkkeensaajien lukumäärä, lkm</x:t>
   </x:si>
   <x:si>