--- v0 (2025-12-15)
+++ v1 (2026-01-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R059b4aa532624907" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/81a5a4f77dce4220bf6f2cdf05f93b61.psmdcp" Id="Rc0717ce0e8a8496e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35043e2895fe42fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8d6b4b4643f742079f4801aa0158f454.psmdcp" Id="Rbf90582907e740c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Nypensionerade med arbets- och folkpension efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>