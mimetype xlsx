--- v1 (2026-01-23)
+++ v2 (2026-02-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35043e2895fe42fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8d6b4b4643f742079f4801aa0158f454.psmdcp" Id="Rbf90582907e740c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3b8bee2f25d45e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1bebc5b744ab4021bc6115ce5189218b.psmdcp" Id="R3a445d70c76c403d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Nypensionerade med arbets- och folkpension efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>