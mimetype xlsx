--- v2 (2026-02-13)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3b8bee2f25d45e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1bebc5b744ab4021bc6115ce5189218b.psmdcp" Id="R3a445d70c76c403d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R623c1bea98094a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d54d9a235704d13993228832483c0dd.psmdcp" Id="Rda568297fe54442d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Nypensionerade med arbets- och folkpension efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>