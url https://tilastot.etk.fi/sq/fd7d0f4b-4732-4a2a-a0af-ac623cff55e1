--- v3 (2026-03-05)
+++ v4 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R623c1bea98094a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d54d9a235704d13993228832483c0dd.psmdcp" Id="Rda568297fe54442d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re732d62d9c934971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1bb0340746f49f286cff852850a92b9.psmdcp" Id="Rd911a345ce1c4571" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k01_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <x:si>
     <x:t>Nypensionerade med arbets- och folkpension efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>