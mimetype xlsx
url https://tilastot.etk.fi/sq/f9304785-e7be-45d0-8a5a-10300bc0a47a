--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19d4b08e252e4429" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47508f5a0aa0412886fa06dc31635244.psmdcp" Id="Rd9843561f6694012" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58f86e4e599c4a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d7af9b437ce41cfb37f09626b856c17.psmdcp" Id="R9967ae8e33924918" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Månadsstatistik över arbetspensionstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring, %</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M08</x:t>
+    <x:t>2025M09</x:t>
   </x:si>
   <x:si>
     <x:t>Ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Genomsnittlig arbetspension, euro/mån</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension med fullt belopp</x:t>
   </x:si>
@@ -96,51 +96,51 @@
   </x:si>
   <x:si>
     <x:t>Familjepension</x:t>
   </x:si>
   <x:si>
     <x:t>Samtliga pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensioner/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Olika pensionsslag i tabellen kan inte summeras, då samma person kan få flera olika pensioner samtidigt.</x:t>
   </x:si>
   <x:si>
     <x:t>Från och med början av år 2021 ingår familjepensioner vars belopp är noll euro inte längre i statistiken.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250917 09:00</x:t>
+    <x:t>20251017 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, euro/mån, 1 000 euro</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -580,359 +580,359 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1950</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>2009</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>450</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>-1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>864</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>-11</x:v>
+        <x:v>-9</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>1352</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>1349</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>1443</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>945</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>2343</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>709</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>-3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-8</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1906</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>769</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1975</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="6" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="6" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>