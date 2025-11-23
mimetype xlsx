--- v1 (2025-10-30)
+++ v2 (2025-11-23)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58f86e4e599c4a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d7af9b437ce41cfb37f09626b856c17.psmdcp" Id="R9967ae8e33924918" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc58ecead45a04d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8099c2d5dd8f460d9182af52bdf2781e.psmdcp" Id="Rca5fa5b967644e1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Månadsstatistik över arbetspensionstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring, %</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M09</x:t>
+    <x:t>2025M10</x:t>
   </x:si>
   <x:si>
     <x:t>Ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Genomsnittlig arbetspension, euro/mån</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension med fullt belopp</x:t>
   </x:si>
@@ -96,51 +96,51 @@
   </x:si>
   <x:si>
     <x:t>Familjepension</x:t>
   </x:si>
   <x:si>
     <x:t>Samtliga pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensioner/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Olika pensionsslag i tabellen kan inte summeras, då samma person kan få flera olika pensioner samtidigt.</x:t>
   </x:si>
   <x:si>
     <x:t>Från och med början av år 2021 ingår familjepensioner vars belopp är noll euro inte längre i statistiken.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251017 09:00</x:t>
+    <x:t>20251119 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, euro/mån, 1 000 euro</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -580,350 +580,350 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1951</x:v>
+        <x:v>1952</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>2010</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>450</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>863</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>-1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>-9</x:v>
+        <x:v>-5</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>1352</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>1350</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>1444</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>946</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>2343</x:v>
+        <x:v>2348</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>709</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-6</x:v>
+        <x:v>-5</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1907</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>769</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1976</x:v>
+        <x:v>1977</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">