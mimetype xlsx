--- v2 (2025-11-23)
+++ v3 (2025-12-23)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc58ecead45a04d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8099c2d5dd8f460d9182af52bdf2781e.psmdcp" Id="Rca5fa5b967644e1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40961103c84d4d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75f3c81ee1e544d18a829aeca75ca218.psmdcp" Id="Ra36dec37c44347ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Månadsstatistik över arbetspensionstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring, %</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M10</x:t>
+    <x:t>2025M11</x:t>
   </x:si>
   <x:si>
     <x:t>Ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Genomsnittlig arbetspension, euro/mån</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension med fullt belopp</x:t>
   </x:si>
@@ -96,51 +96,51 @@
   </x:si>
   <x:si>
     <x:t>Familjepension</x:t>
   </x:si>
   <x:si>
     <x:t>Samtliga pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensioner/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Olika pensionsslag i tabellen kan inte summeras, då samma person kan få flera olika pensioner samtidigt.</x:t>
   </x:si>
   <x:si>
     <x:t>Från och med början av år 2021 ingår familjepensioner vars belopp är noll euro inte längre i statistiken.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251119 09:00</x:t>
+    <x:t>20251217 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, euro/mån, 1 000 euro</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -580,362 +580,362 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1952</x:v>
+        <x:v>1953</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>2011</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>450</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>864</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>-5</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>1354</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>1351</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>1446</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>945</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>2348</x:v>
+        <x:v>2337</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>-11</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>707</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>-2</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-5</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1908</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>770</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1977</x:v>
+        <x:v>1979</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="6" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="6" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>27</x:v>