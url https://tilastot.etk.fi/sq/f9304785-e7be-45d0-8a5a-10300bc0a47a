--- v3 (2025-12-23)
+++ v4 (2026-01-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40961103c84d4d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75f3c81ee1e544d18a829aeca75ca218.psmdcp" Id="Ra36dec37c44347ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7034d8fd5b6b4e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/15a46d92479949ce8a3aeb2d8d1f6f94.psmdcp" Id="Rb25e6c947a7946b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Månadsstatistik över arbetspensionstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>