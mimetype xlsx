--- v4 (2026-01-13)
+++ v5 (2026-02-11)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7034d8fd5b6b4e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/15a46d92479949ce8a3aeb2d8d1f6f94.psmdcp" Id="Rb25e6c947a7946b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe7dafe9a404af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7a04c54248d486aa73dcf7c51f986e3.psmdcp" Id="R5df3705adefd4a38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Månadsstatistik över arbetspensionstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring, %</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M11</x:t>
+    <x:t>2025M12</x:t>
   </x:si>
   <x:si>
     <x:t>Ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Genomsnittlig arbetspension, euro/mån</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension med fullt belopp</x:t>
   </x:si>
@@ -96,51 +96,51 @@
   </x:si>
   <x:si>
     <x:t>Familjepension</x:t>
   </x:si>
   <x:si>
     <x:t>Samtliga pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensioner/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Olika pensionsslag i tabellen kan inte summeras, då samma person kan få flera olika pensioner samtidigt.</x:t>
   </x:si>
   <x:si>
     <x:t>Från och med början av år 2021 ingår familjepensioner vars belopp är noll euro inte längre i statistiken.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251217 09:00</x:t>
+    <x:t>20260119 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, euro/mån, 1 000 euro</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -580,362 +580,362 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1953</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>2012</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>450</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>863</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>-1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>-2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>1355</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>1352</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>1447</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>944</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>-1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>2337</x:v>
+        <x:v>2361</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>-11</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>44</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>705</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>-2</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-6</x:v>
+        <x:v>-8</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1909</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>770</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1979</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="6" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="6" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>27</x:v>