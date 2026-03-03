--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe7dafe9a404af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7a04c54248d486aa73dcf7c51f986e3.psmdcp" Id="R5df3705adefd4a38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bc8b82a0cfe4cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9923f2e242642bc849653a04446630c.psmdcp" Id="R8b2b302533b9424d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Månadsstatistik över arbetspensionstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring, %</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M12</x:t>
+    <x:t>2026M01</x:t>
   </x:si>
   <x:si>
     <x:t>Ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Genomsnittlig arbetspension, euro/mån</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension med fullt belopp</x:t>
   </x:si>
@@ -96,51 +96,51 @@
   </x:si>
   <x:si>
     <x:t>Familjepension</x:t>
   </x:si>
   <x:si>
     <x:t>Samtliga pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensioner/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Olika pensionsslag i tabellen kan inte summeras, då samma person kan få flera olika pensioner samtidigt.</x:t>
   </x:si>
   <x:si>
     <x:t>Från och med början av år 2021 ingår familjepensioner vars belopp är noll euro inte längre i statistiken.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20260119 09:00</x:t>
+    <x:t>20260218 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, euro/mån, 1 000 euro</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -580,362 +580,362 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1955</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>41</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>2013</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>863</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F7" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="G7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="F7" s="4" t="n">
+      <x:c r="H7" s="4" t="n">
         <x:v>0</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>1358</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>1355</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>34</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>1450</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>944</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>2361</x:v>
+        <x:v>2375</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>83</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>702</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>-3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-8</x:v>
+        <x:v>-11</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1911</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>41</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>770</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
-        <x:v>14</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1980</x:v>
+        <x:v>2000</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F17" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>42</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="6" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="6" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>27</x:v>