--- v6 (2026-03-03)
+++ v7 (2026-03-29)
@@ -1,146 +1,146 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bc8b82a0cfe4cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9923f2e242642bc849653a04446630c.psmdcp" Id="R8b2b302533b9424d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4a6fed9479f40fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8d8d28ff92ba4ab2964767b5b7b6a7e1.psmdcp" Id="R511a47e353534157" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Månadsstatistik över arbetspensionstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring, %</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2026M01</x:t>
+    <x:t>2026M02</x:t>
   </x:si>
   <x:si>
     <x:t>Ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Genomsnittlig arbetspension, euro/mån</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension med fullt belopp</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Arbetslivspension</x:t>
   </x:si>
   <x:si>
     <x:t>Lantbrukets specialpension</x:t>
   </x:si>
   <x:si>
     <x:t>Deltidspension</x:t>
   </x:si>
   <x:si>
     <x:t>-</x:t>
   </x:si>
   <x:si>
     <x:t>Pension p.g.a egen yrkesbana</x:t>
   </x:si>
   <x:si>
     <x:t>Familjepension</x:t>
   </x:si>
   <x:si>
     <x:t>Samtliga pensionsslag</x:t>
   </x:si>
   <x:si>
-    <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensioner/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
+    <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://www.etk.fi/sv/forskning-statistik-och-prognoser/statistik/pensionstagare-och-pensionsutgifter/arbetspensionstagare-i-finland/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Olika pensionsslag i tabellen kan inte summeras, då samma person kan få flera olika pensioner samtidigt.</x:t>
   </x:si>
   <x:si>
     <x:t>Från och med början av år 2021 ingår familjepensioner vars belopp är noll euro inte längre i statistiken.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20260218 09:00</x:t>
+    <x:t>20260318 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, euro/mån, 1 000 euro</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -580,356 +580,356 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1975</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>2032</x:v>
+        <x:v>2033</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F6" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="G6" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="F6" s="4" t="n">
+      <x:c r="H6" s="4" t="n">
         <x:v>1.1</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>1373</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>15</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>1370</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>15</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>1466</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>955</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>2375</x:v>
+        <x:v>2372</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>14</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>68</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>707</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-11</x:v>
+        <x:v>-12</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1930</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>778</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>2000</x:v>
+        <x:v>2001</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="6" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="6" t="s">