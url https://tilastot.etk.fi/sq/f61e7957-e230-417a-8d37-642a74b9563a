--- v0 (2025-12-16)
+++ v1 (2026-01-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1174ec8db28c41bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/902d5a1736964d218cf6c1b811f3d9a2.psmdcp" Id="Ra216ceee192848e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R697aaa0aa3a74ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f890d5d364174213840372481da20470.psmdcp" Id="R7c7c207f0a204713" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <x:si>
     <x:t>Share of population receiving earnings-related and national pensions by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>