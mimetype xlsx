--- v1 (2026-01-05)
+++ v2 (2026-02-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R697aaa0aa3a74ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f890d5d364174213840372481da20470.psmdcp" Id="R7c7c207f0a204713" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0c3e605f8d74b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f852f44bf81049b0b588a09fe3148018.psmdcp" Id="R76e79a00f82140b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <x:si>
     <x:t>Share of population receiving earnings-related and national pensions by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>