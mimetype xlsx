--- v2 (2026-02-14)
+++ v3 (2026-03-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0c3e605f8d74b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f852f44bf81049b0b588a09fe3148018.psmdcp" Id="R76e79a00f82140b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f3055dd3cb148c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bab1be305f174c18a70d36f92712d1af.psmdcp" Id="R2495c921350e419c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <x:si>
     <x:t>Share of population receiving earnings-related and national pensions by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>