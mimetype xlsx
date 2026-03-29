--- v3 (2026-03-06)
+++ v4 (2026-03-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f3055dd3cb148c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bab1be305f174c18a70d36f92712d1af.psmdcp" Id="R2495c921350e419c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3c72323ad3845e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8d7b1c9316c468588a657c71bd81291.psmdcp" Id="R8e31e0d088bf4d4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <x:si>
     <x:t>Share of population receiving earnings-related and national pensions by pension benefit</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>