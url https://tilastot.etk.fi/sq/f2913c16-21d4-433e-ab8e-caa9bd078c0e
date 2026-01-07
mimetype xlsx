--- v0 (2025-12-17)
+++ v1 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f7de127ae43491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/453b4a734e10449ca74b1ca059d4a797.psmdcp" Id="Rdb57f98415524dac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf474c2a7a08848c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab6e2114392d4c5bad25ec5e525a0541.psmdcp" Id="Re58fa9b7d89b4c1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien keskieläke vuosina 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Eläkkeensaajien lukumäärä, lkm</x:t>
   </x:si>
   <x:si>