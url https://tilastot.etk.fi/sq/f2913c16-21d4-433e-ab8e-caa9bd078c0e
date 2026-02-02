--- v1 (2026-01-07)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf474c2a7a08848c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab6e2114392d4c5bad25ec5e525a0541.psmdcp" Id="Re58fa9b7d89b4c1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fec9f734bd3431c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/27b5f9aeec904e93aeb22019ae6e038b.psmdcp" Id="R2da2f17aaad64b0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien keskieläke vuosina 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Eläkkeensaajien lukumäärä, lkm</x:t>
   </x:si>
   <x:si>