--- v2 (2026-02-02)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fec9f734bd3431c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/27b5f9aeec904e93aeb22019ae6e038b.psmdcp" Id="R2da2f17aaad64b0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3333d72d2b74ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/760bb54b0d63479983790fc3aa1c5903.psmdcp" Id="Rd2669abff9814909" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien keskieläke vuosina 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Eläkkeensaajien lukumäärä, lkm</x:t>
   </x:si>
   <x:si>