--- v0 (2025-12-15)
+++ v1 (2026-01-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeb33a6eaa5d4383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2a41f0949034384bc412dfeba46488b.psmdcp" Id="Reda0bdf81ce44574" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3f09cfe03164226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e74eeea211924f3aa004eb491aaee743.psmdcp" Id="R489b99ac0b36448f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien väestöosuudet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>