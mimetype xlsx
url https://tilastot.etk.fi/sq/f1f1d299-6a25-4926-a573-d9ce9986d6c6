--- v1 (2026-01-13)
+++ v2 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3f09cfe03164226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e74eeea211924f3aa004eb491aaee743.psmdcp" Id="R489b99ac0b36448f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32d0c8ccf6d147f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c36be3e1700b420da9b8d8e80f5bb7f2.psmdcp" Id="R097a8ebe34e645bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien väestöosuudet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>