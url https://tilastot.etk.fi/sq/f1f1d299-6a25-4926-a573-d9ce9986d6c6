--- v2 (2026-02-03)
+++ v3 (2026-02-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32d0c8ccf6d147f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c36be3e1700b420da9b8d8e80f5bb7f2.psmdcp" Id="R097a8ebe34e645bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd841ae42898c46a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c2ac4916131460e964977a2765324da.psmdcp" Id="Rf6cf1d5319e64756" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien väestöosuudet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>