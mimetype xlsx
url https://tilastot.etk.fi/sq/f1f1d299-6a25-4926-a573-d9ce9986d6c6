--- v3 (2026-02-23)
+++ v4 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd841ae42898c46a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c2ac4916131460e964977a2765324da.psmdcp" Id="Rf6cf1d5319e64756" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb38410977ad748f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95d963f688cd42f68024e2766371c5e3.psmdcp" Id="R3d13f3c7cd784b17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Työ- ja kansaneläkkeensaajien väestöosuudet eläkelajeittain</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>