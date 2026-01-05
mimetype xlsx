--- v0 (2025-12-15)
+++ v1 (2026-01-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R976f0e36fcd94247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4bbc9cc97c404042a0f52aa6daab6021.psmdcp" Id="R9b8b6ea5229549f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39e3b76afe3c4115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/91742af8d3dc4d9c879dcf486c49fd25.psmdcp" Id="R27d097811a7443cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Arbets- och folkpensionstagarnas befolkningsandelar efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>