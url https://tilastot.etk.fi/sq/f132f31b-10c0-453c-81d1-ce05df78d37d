--- v1 (2026-01-05)
+++ v2 (2026-01-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39e3b76afe3c4115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/91742af8d3dc4d9c879dcf486c49fd25.psmdcp" Id="R27d097811a7443cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95e9056d18c44380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da0c9ad3e0ba4b6da1e0f629626f5c6b.psmdcp" Id="Rdb79bc0f3c404aeb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Arbets- och folkpensionstagarnas befolkningsandelar efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>