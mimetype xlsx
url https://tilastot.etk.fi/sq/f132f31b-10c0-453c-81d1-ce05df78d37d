--- v2 (2026-01-05)
+++ v3 (2026-02-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95e9056d18c44380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da0c9ad3e0ba4b6da1e0f629626f5c6b.psmdcp" Id="Rdb79bc0f3c404aeb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78b19fb3ecc14846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0e5bde183a694990b449c5ea9e391d7e.psmdcp" Id="R3c456c6254414c50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Arbets- och folkpensionstagarnas befolkningsandelar efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>