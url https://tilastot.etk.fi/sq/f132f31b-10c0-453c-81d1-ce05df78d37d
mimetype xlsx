--- v3 (2026-02-05)
+++ v4 (2026-02-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78b19fb3ecc14846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0e5bde183a694990b449c5ea9e391d7e.psmdcp" Id="R3c456c6254414c50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R209d5a3def4f4ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ef1a0a0f0ac48d7a6965ff9672af1d2.psmdcp" Id="R6fcc2973488d4100" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Arbets- och folkpensionstagarnas befolkningsandelar efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>