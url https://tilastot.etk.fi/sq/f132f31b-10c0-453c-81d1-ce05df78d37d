--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R209d5a3def4f4ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ef1a0a0f0ac48d7a6965ff9672af1d2.psmdcp" Id="R6fcc2973488d4100" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75b758142c304269" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/67b1a5344e17459fbe4143744ad5fdf0.psmdcp" Id="Reb63ee4cca644ec8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Arbets- och folkpensionstagarnas befolkningsandelar efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>