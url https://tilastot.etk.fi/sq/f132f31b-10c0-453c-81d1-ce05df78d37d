--- v5 (2026-02-25)
+++ v6 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75b758142c304269" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/67b1a5344e17459fbe4143744ad5fdf0.psmdcp" Id="Reb63ee4cca644ec8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ae26f8851e94a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d27abbb5ac994d6e85e97f6b1a26943b.psmdcp" Id="R9bdc212c7eb94182" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vaesto02_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Arbets- och folkpensionstagarnas befolkningsandelar efter pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>