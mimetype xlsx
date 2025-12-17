--- v0 (2025-12-17)
+++ v1 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R815386b779c94792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9c14053849ad48e9bf8ed75699b8d1d3.psmdcp" Id="R579f21d2a6564337" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc632491e711c469b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/847b2c7eb12b4a78ae43a1983c01e93b.psmdcp" Id="R30a9f77e2d3f43bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus02" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <x:si>
     <x:t>Työeläkekuntoutuskustannukset</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>