--- v1 (2025-12-17)
+++ v2 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc632491e711c469b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/847b2c7eb12b4a78ae43a1983c01e93b.psmdcp" Id="R30a9f77e2d3f43bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R202b4e9e22204f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a87b337bad6e4f459bbfefbf33f4be9d.psmdcp" Id="R99f0fb63dba745dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus02" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <x:si>
     <x:t>Työeläkekuntoutuskustannukset</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>