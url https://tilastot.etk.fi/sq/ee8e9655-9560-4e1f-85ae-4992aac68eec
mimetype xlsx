--- v2 (2026-01-07)
+++ v3 (2026-01-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R202b4e9e22204f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a87b337bad6e4f459bbfefbf33f4be9d.psmdcp" Id="R99f0fb63dba745dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d2af23ac0ef4c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73d75f9e9a7745459405b5305987bb60.psmdcp" Id="R98f44c402d3f48e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus02" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <x:si>
     <x:t>Työeläkekuntoutuskustannukset</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>