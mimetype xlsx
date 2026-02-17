--- v3 (2026-01-28)
+++ v4 (2026-02-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d2af23ac0ef4c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73d75f9e9a7745459405b5305987bb60.psmdcp" Id="R98f44c402d3f48e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b6ad42dd5134118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/080765fa75a849899904a2882a30607c.psmdcp" Id="R4ff2ae4ce3b74620" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus02" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <x:si>
     <x:t>Työeläkekuntoutuskustannukset</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>