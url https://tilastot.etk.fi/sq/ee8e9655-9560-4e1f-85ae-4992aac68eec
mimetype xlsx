--- v4 (2026-02-17)
+++ v5 (2026-02-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b6ad42dd5134118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/080765fa75a849899904a2882a30607c.psmdcp" Id="R4ff2ae4ce3b74620" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1a76ebaaaf3460f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1de2d6dc9488480d8415e57f317ef63d.psmdcp" Id="R8b20fb8c7dbe4a5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus02" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <x:si>
     <x:t>Työeläkekuntoutuskustannukset</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>