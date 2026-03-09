--- v5 (2026-02-17)
+++ v6 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1a76ebaaaf3460f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1de2d6dc9488480d8415e57f317ef63d.psmdcp" Id="R8b20fb8c7dbe4a5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31a838710bf94971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0748c90c0d344e7091aa75689da3ed55.psmdcp" Id="R652bdbe79d984645" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus02" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <x:si>
     <x:t>Työeläkekuntoutuskustannukset</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>