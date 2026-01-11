--- v0 (2025-12-22)
+++ v1 (2026-01-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R659de58cc4e34b38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dbf5cce40d6c4d6fad6057069070399e.psmdcp" Id="R71f1cfaa72c44e3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R399b86007c754931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47bb05f2ebe845c7a60da3d1f7a0fe34.psmdcp" Id="R36d9327000994a86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_20tod_hryhma" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <x:si>
     <x:t>Beviljade intyg om rätt att omfattas av finländsk social trygghet under utlandsarbete</x:t>
   </x:si>
   <x:si>
     <x:t>Män</x:t>
   </x:si>
   <x:si>