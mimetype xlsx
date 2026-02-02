--- v1 (2026-01-11)
+++ v2 (2026-02-02)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R399b86007c754931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47bb05f2ebe845c7a60da3d1f7a0fe34.psmdcp" Id="R36d9327000994a86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9df26ff22a8c4aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/25e8be8be042439db5ae59c97db67c9d.psmdcp" Id="R4c8dfae15bd1440a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_20tod_hryhma" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Beviljade intyg om rätt att omfattas av finländsk social trygghet under utlandsarbete</x:t>
   </x:si>
   <x:si>
     <x:t>Män</x:t>
   </x:si>
   <x:si>
     <x:t>Kvinnor</x:t>
   </x:si>
   <x:si>
     <x:t>Intyg, antal</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>Samtliga persongrupper</x:t>
   </x:si>
   <x:si>
     <x:t>Samtliga giltighetstider för intyg</x:t>
   </x:si>
   <x:si>
     <x:t>Samtliga åldersgrupper</x:t>
   </x:si>
   <x:si>
@@ -62,67 +62,70 @@
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/utsanda-arbetstagare/&gt;&lt;u&gt;Gå till webbsidan för statistiken Statistik över försäkring av utlandsarbete och över utsända arbetstagare på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>En person kan få flera intyg under samma år.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250131 09:00</x:t>
+    <x:t>20260129 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, dagar</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -501,51 +504,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G43"/>
+  <x:dimension ref="A1:G44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.090625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="22.750625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.820625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="22.050625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="7.150625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.610625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="F3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>2</x:v>
@@ -752,118 +755,138 @@
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>9994</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="B14" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>16389</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>6129</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:7">
-      <x:c r="A16" s="4" t="s">
+    <x:row r="15" spans="1:7">
+      <x:c r="B15" s="2" t="s">
         <x:v>18</x:v>
+      </x:c>
+      <x:c r="C15" s="2" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D15" s="2" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E15" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="F15" s="3" t="n">
+        <x:v>19829</x:v>
+      </x:c>
+      <x:c r="G15" s="3" t="n">
+        <x:v>6858</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="4" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:7">
-      <x:c r="A20" s="0" t="s">
+    <x:row r="19" spans="1:7">
+      <x:c r="A19" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:7">
-      <x:c r="A23" s="0" t="s">
+    <x:row r="22" spans="1:7">
+      <x:c r="A22" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:7">
-      <x:c r="A26" s="0" t="s">
+    <x:row r="25" spans="1:7">
+      <x:c r="A25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:7">
-      <x:c r="A29" s="0" t="s">
+    <x:row r="28" spans="1:7">
+      <x:c r="A28" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:7">
-      <x:c r="A31" s="0" t="s">
+    <x:row r="30" spans="1:7">
+      <x:c r="A30" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:7">
-      <x:c r="A42" s="0" t="s">
+    <x:row r="33" spans="1:7">
+      <x:c r="A33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="0" t="s">
         <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:7">
+      <x:c r="A44" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>lah1_20tod_hryhma</vt:lpstr>
       <vt:lpstr>lah1_20tod_hryhma!Print_Area</vt:lpstr>
       <vt:lpstr>lah1_20tod_hryhma!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>