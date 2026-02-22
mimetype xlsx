--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9df26ff22a8c4aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/25e8be8be042439db5ae59c97db67c9d.psmdcp" Id="R4c8dfae15bd1440a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc80132b1c4e04ee1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ced77577597433fad97aa6b004b1926.psmdcp" Id="Rbef4e50cd0704246" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_20tod_hryhma" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Beviljade intyg om rätt att omfattas av finländsk social trygghet under utlandsarbete</x:t>
   </x:si>
   <x:si>
     <x:t>Män</x:t>
   </x:si>
   <x:si>