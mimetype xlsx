--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc80132b1c4e04ee1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ced77577597433fad97aa6b004b1926.psmdcp" Id="Rbef4e50cd0704246" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88ec0efd051940e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8872a01dec7c47b48db243b2d907254c.psmdcp" Id="R8b03562da94846ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_20tod_hryhma" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Beviljade intyg om rätt att omfattas av finländsk social trygghet under utlandsarbete</x:t>
   </x:si>
   <x:si>
     <x:t>Män</x:t>
   </x:si>
   <x:si>