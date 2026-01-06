--- v0 (2025-12-17)
+++ v1 (2026-01-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe02f96b22954cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1d991d59e610485282802c260a650e44.psmdcp" Id="R6474b4241396407c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5edb3f58dfe941ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea4565dfb25543b892f4deb389726b63.psmdcp" Id="Rd7e3a93db86046d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak08_ansio" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Arbetspensionsförsäkrade inkomster och arbetsinkomster (ink. flexibilitet)</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>