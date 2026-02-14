--- v1 (2026-01-06)
+++ v2 (2026-02-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5edb3f58dfe941ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea4565dfb25543b892f4deb389726b63.psmdcp" Id="Rd7e3a93db86046d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc02dcbabf9b54b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f2cb01427a64bddbfaf4539e808b502.psmdcp" Id="R3255da7b9206426c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak08_ansio" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Arbetspensionsförsäkrade inkomster och arbetsinkomster (ink. flexibilitet)</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>