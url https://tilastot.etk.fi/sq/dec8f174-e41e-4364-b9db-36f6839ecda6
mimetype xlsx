--- v2 (2026-02-14)
+++ v3 (2026-03-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc02dcbabf9b54b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f2cb01427a64bddbfaf4539e808b502.psmdcp" Id="R3255da7b9206426c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39e5857185324e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6a37b15e59974bd1ab4b87b7e2838cf6.psmdcp" Id="R543c699a85684706" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak08_ansio" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Arbetspensionsförsäkrade inkomster och arbetsinkomster (ink. flexibilitet)</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>