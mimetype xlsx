--- v3 (2026-03-06)
+++ v4 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39e5857185324e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6a37b15e59974bd1ab4b87b7e2838cf6.psmdcp" Id="R543c699a85684706" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89953b33f5a94614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/30cfe38c53c940c1a352ea4a1c6fe664.psmdcp" Id="Re4273f3d0edc4109" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak08_ansio" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Arbetspensionsförsäkrade inkomster och arbetsinkomster (ink. flexibilitet)</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>