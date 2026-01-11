--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc10bf13a97e54897" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2365b0d46c4e4ea79354196c1df7fef1.psmdcp" Id="R767a04213dc14d71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6208865a06ab4bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb0e2c953dc746269e920d12e900842c.psmdcp" Id="Rf6d7856c7ad9436f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno80_alue2024" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Earnings-related and Kela's pension expenditure in 2024 by residence area, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>Pension expenditure, mill. euros</x:t>
   </x:si>
   <x:si>