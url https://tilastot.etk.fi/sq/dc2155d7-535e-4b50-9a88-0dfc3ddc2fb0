--- v1 (2026-01-11)
+++ v2 (2026-02-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6208865a06ab4bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb0e2c953dc746269e920d12e900842c.psmdcp" Id="Rf6d7856c7ad9436f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R551cdbf1e6d240d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/84862d4d8af34beab7fffeca8268d32f.psmdcp" Id="R629fcd5bea324cc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno80_alue2024" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Earnings-related and Kela's pension expenditure in 2024 by residence area, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>Pension expenditure, mill. euros</x:t>
   </x:si>
   <x:si>