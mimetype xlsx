--- v2 (2026-02-01)
+++ v3 (2026-02-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R551cdbf1e6d240d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/84862d4d8af34beab7fffeca8268d32f.psmdcp" Id="R629fcd5bea324cc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b5beb3f459d4351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/38817c2409f64b7a93511e0306bc2934.psmdcp" Id="R4a01cef79bdb482f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno80_alue2024" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Earnings-related and Kela's pension expenditure in 2024 by residence area, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>Pension expenditure, mill. euros</x:t>
   </x:si>
   <x:si>