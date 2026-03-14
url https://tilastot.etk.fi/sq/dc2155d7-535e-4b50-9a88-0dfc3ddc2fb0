--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b5beb3f459d4351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/38817c2409f64b7a93511e0306bc2934.psmdcp" Id="R4a01cef79bdb482f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e90bab5f88417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8727aaf7104c4024a8c9f90a220f5ade.psmdcp" Id="Rf60b5c9e928e4a4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno80_alue2024" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Earnings-related and Kela's pension expenditure in 2024 by residence area, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>Pension expenditure, mill. euros</x:t>
   </x:si>
   <x:si>