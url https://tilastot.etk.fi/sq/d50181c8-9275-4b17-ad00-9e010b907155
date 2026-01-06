--- v0 (2025-12-16)
+++ v1 (2026-01-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d2f6cbd0fc24c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/86c7edb4adc745398166ca739a76eaa2.psmdcp" Id="Rd2cb00e819584e4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac25aba2d91c491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c043aa8bfe44a6e94a5ca6b9e728d28.psmdcp" Id="Rbe26005c83d44637" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <x:si>
     <x:t>Työ- ja kansaneläkejärjestelmän työkyvyttömyyseläkkeelle siirtyneet sairauspääryhmittäin</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>