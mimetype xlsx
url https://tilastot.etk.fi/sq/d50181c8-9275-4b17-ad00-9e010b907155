--- v1 (2026-01-06)
+++ v2 (2026-01-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac25aba2d91c491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c043aa8bfe44a6e94a5ca6b9e728d28.psmdcp" Id="Rbe26005c83d44637" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R479a6b7596d241e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d65c06fd1d7b4c93895c812ca3f4fa65.psmdcp" Id="Rdcf4200123494527" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <x:si>
     <x:t>Työ- ja kansaneläkejärjestelmän työkyvyttömyyseläkkeelle siirtyneet sairauspääryhmittäin</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>