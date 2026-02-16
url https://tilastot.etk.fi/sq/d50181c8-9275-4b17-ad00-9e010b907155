--- v2 (2026-01-27)
+++ v3 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R479a6b7596d241e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d65c06fd1d7b4c93895c812ca3f4fa65.psmdcp" Id="Rdcf4200123494527" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe034cef011a41f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/555afa2e62934f8291ff0f10b8e8224a.psmdcp" Id="R82cf8627ab464336" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <x:si>
     <x:t>Työ- ja kansaneläkejärjestelmän työkyvyttömyyseläkkeelle siirtyneet sairauspääryhmittäin</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>