--- v3 (2026-02-16)
+++ v4 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe034cef011a41f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/555afa2e62934f8291ff0f10b8e8224a.psmdcp" Id="R82cf8627ab464336" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7489642ae0c54872" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73255c4099e24bd0b3289c53eab548e1.psmdcp" Id="Rb3dfb2b916c34228" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <x:si>
     <x:t>Työ- ja kansaneläkejärjestelmän työkyvyttömyyseläkkeelle siirtyneet sairauspääryhmittäin</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>