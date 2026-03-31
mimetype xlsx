--- v4 (2026-03-09)
+++ v5 (2026-03-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7489642ae0c54872" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73255c4099e24bd0b3289c53eab548e1.psmdcp" Id="Rb3dfb2b916c34228" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67446c92dff94890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa74ba3220564467a4ec8e3165c7af0b.psmdcp" Id="Rc59d48930113402f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <x:si>
     <x:t>Työ- ja kansaneläkejärjestelmän työkyvyttömyyseläkkeelle siirtyneet sairauspääryhmittäin</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>