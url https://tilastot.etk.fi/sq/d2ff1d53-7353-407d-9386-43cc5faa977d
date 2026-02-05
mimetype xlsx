--- v0 (2025-12-28)
+++ v1 (2026-02-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R730caa30516e4306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0ecce60cd57945079545980e74974ea8.psmdcp" Id="Rcdfea3f801424281" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7daa57ab7a45474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/27da7913118e4531a6f1caa5d0a8354e.psmdcp" Id="Reb659f4472714bf6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Arbets- och folkpensionstagares medelpension åren 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet pensionstagare, antal</x:t>
   </x:si>
   <x:si>