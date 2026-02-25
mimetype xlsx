--- v1 (2026-02-05)
+++ v2 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7daa57ab7a45474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/27da7913118e4531a6f1caa5d0a8354e.psmdcp" Id="Reb659f4472714bf6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R084c95f9093a4535" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b49175c0b3f2433d967bec616ff6ad88.psmdcp" Id="R7207589d666e453e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Arbets- och folkpensionstagares medelpension åren 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet pensionstagare, antal</x:t>
   </x:si>
   <x:si>