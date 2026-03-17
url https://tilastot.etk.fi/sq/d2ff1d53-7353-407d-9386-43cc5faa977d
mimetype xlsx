--- v2 (2026-02-25)
+++ v3 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R084c95f9093a4535" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b49175c0b3f2433d967bec616ff6ad88.psmdcp" Id="R7207589d666e453e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R874b4617a98f4b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d7b4ccaa3d24693b2ddbb7334299abc.psmdcp" Id="Rad00ee0ea9d44c7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Arbets- och folkpensionstagares medelpension åren 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet pensionstagare, antal</x:t>
   </x:si>
   <x:si>