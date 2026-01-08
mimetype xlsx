--- v0 (2025-12-18)
+++ v1 (2026-01-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbadc1a33fa3545a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/389b14bc523849669202b3821ee05b19.psmdcp" Id="R63be07ae56e1405d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61e723df5a4c43b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fc4740057f2c4482ae09b49276ba1d2f.psmdcp" Id="R3ec3b305017a43bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Average pension of earnings-related and national pension recipients in 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Number of pension recipients, number</x:t>
   </x:si>
   <x:si>