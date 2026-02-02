--- v1 (2026-01-08)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61e723df5a4c43b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fc4740057f2c4482ae09b49276ba1d2f.psmdcp" Id="R3ec3b305017a43bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bde9cb09c5a4bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c2146104a1fa4d809e600fd628615c59.psmdcp" Id="R0baf26f92e32482b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Average pension of earnings-related and national pension recipients in 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Number of pension recipients, number</x:t>
   </x:si>
   <x:si>