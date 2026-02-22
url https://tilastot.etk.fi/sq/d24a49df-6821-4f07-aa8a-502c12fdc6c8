--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bde9cb09c5a4bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c2146104a1fa4d809e600fd628615c59.psmdcp" Id="R0baf26f92e32482b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bd87044463d46a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/240338a25a3c4188a6b2c2e12953ef15.psmdcp" Id="Rdc0a80f8e9c844e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Average pension of earnings-related and national pension recipients in 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Number of pension recipients, number</x:t>
   </x:si>
   <x:si>