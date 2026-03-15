--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bd87044463d46a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/240338a25a3c4188a6b2c2e12953ef15.psmdcp" Id="Rdc0a80f8e9c844e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c75c5a8e4bb4893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/df49db7182904c64bf97045d0f6f1fa7.psmdcp" Id="Rad874b930173479b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Average pension of earnings-related and national pension recipients in 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Number of pension recipients, number</x:t>
   </x:si>
   <x:si>