--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2528a6deb0d4b19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/68e4f78a63014d329c8c7ed058de4051.psmdcp" Id="R38ccb838a7144143" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44cc4c2e70234766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7766849dc02a4f23b9307b12e6c3f08c.psmdcp" Id="R221f5e6965fa4d54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>Total expenditure on pensions, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>