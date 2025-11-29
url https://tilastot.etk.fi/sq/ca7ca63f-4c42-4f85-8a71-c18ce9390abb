--- v1 (2025-10-31)
+++ v2 (2025-11-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44cc4c2e70234766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7766849dc02a4f23b9307b12e6c3f08c.psmdcp" Id="R221f5e6965fa4d54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R238f11d166e04fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8bf348dddd614208960fc702b83afcb5.psmdcp" Id="R0dad83f8a791421c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>Total expenditure on pensions, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>