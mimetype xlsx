--- v2 (2025-11-29)
+++ v3 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R238f11d166e04fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8bf348dddd614208960fc702b83afcb5.psmdcp" Id="R0dad83f8a791421c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re194c502730d417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b635c980172d45bc8f4fbfb3ceb6623c.psmdcp" Id="R680bd2081f864419" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>Total expenditure on pensions, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>