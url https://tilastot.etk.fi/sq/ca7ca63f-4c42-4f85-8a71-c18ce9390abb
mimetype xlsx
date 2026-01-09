--- v3 (2025-12-19)
+++ v4 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re194c502730d417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b635c980172d45bc8f4fbfb3ceb6623c.psmdcp" Id="R680bd2081f864419" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ea3b4f82d074022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/37fb1b2b014c4ad4aa738911f2710ce1.psmdcp" Id="Rcae0498526ff4bac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>Total expenditure on pensions, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>