--- v4 (2026-01-09)
+++ v5 (2026-02-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ea3b4f82d074022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/37fb1b2b014c4ad4aa738911f2710ce1.psmdcp" Id="Rcae0498526ff4bac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b3a6a8249254f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f6eb0f0b90b4a72ba5241a4d36a40e1.psmdcp" Id="R2c6277fd07e947d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>Total expenditure on pensions, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>