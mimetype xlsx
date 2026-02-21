--- v5 (2026-02-01)
+++ v6 (2026-02-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b3a6a8249254f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f6eb0f0b90b4a72ba5241a4d36a40e1.psmdcp" Id="R2c6277fd07e947d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb45041845ec47cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f32f7e9e358544a4bbf7f3804a601224.psmdcp" Id="R134d4acb146e4bfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>Total expenditure on pensions, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>