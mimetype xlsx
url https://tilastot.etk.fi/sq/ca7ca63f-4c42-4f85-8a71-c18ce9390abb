--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb45041845ec47cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f32f7e9e358544a4bbf7f3804a601224.psmdcp" Id="R134d4acb146e4bfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R933ff21ba78d437e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a77f708085754d2f9d04b58a061eaf79.psmdcp" Id="R1b3c4fd7110e4dc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>Total expenditure on pensions, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>