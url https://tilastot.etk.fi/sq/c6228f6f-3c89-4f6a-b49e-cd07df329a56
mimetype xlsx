--- v0 (2025-12-17)
+++ v1 (2026-01-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3726ba8c63d24945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/90cb42ce8b28449b9ec1147ffd9ff3ef.psmdcp" Id="Red0a813dc8df4caf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c0bbd2236cd481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ac4d37717b1d407ea82a17b2c44cb4a4.psmdcp" Id="Rbd5c008556d64362" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak08_ansio" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Arbetspensionsförsäkrade inkomster och arbetsinkomster (ink. flexibilitet)</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>