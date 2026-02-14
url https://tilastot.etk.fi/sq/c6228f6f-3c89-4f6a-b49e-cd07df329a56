--- v1 (2026-01-06)
+++ v2 (2026-02-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c0bbd2236cd481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ac4d37717b1d407ea82a17b2c44cb4a4.psmdcp" Id="Rbd5c008556d64362" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17056c6dbc8b4eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/551f673509ff4e129bcaf7351c150b7f.psmdcp" Id="R3f4f69f762ab475f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak08_ansio" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Arbetspensionsförsäkrade inkomster och arbetsinkomster (ink. flexibilitet)</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>