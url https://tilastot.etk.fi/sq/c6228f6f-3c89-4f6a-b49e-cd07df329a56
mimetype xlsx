--- v2 (2026-02-14)
+++ v3 (2026-03-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17056c6dbc8b4eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/551f673509ff4e129bcaf7351c150b7f.psmdcp" Id="R3f4f69f762ab475f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1c87d2cb2e34094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fae9061b18eb417095a7e6c862e138eb.psmdcp" Id="R04eb4f02a15e4297" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak08_ansio" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Arbetspensionsförsäkrade inkomster och arbetsinkomster (ink. flexibilitet)</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>