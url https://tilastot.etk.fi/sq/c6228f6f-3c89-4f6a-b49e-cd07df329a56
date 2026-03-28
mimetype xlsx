--- v3 (2026-03-06)
+++ v4 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1c87d2cb2e34094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fae9061b18eb417095a7e6c862e138eb.psmdcp" Id="R04eb4f02a15e4297" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc76f86b39bfc414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e563b93a2cfc401fa99d1cbc0985312c.psmdcp" Id="R0e5239ed25ea42c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak08_ansio" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Arbetspensionsförsäkrade inkomster och arbetsinkomster (ink. flexibilitet)</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>