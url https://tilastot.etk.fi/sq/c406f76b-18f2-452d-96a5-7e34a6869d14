--- v0 (2025-12-17)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12ec661756b141af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7f7ff0641c7d4c33b2f59ddee2cbd396.psmdcp" Id="Rccd90ff7a9b143bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70224d219eec44bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7686da3e1acb40a2a557a388c6c6f537.psmdcp" Id="Rdff0144a122a4255" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="esiirtymisika02" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="30">
   <x:si>
     <x:t>Eläkkeelle siirtyneiden keskiarvoikä työeläkejärjestelmässä eläkelajin mukaan</x:t>
   </x:si>
   <x:si>
     <x:t>Omaeläke (pl. osa-aikaeläke ja ositt. varh. vanhuuseläke)</x:t>
   </x:si>
   <x:si>