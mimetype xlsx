--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70224d219eec44bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7686da3e1acb40a2a557a388c6c6f537.psmdcp" Id="Rdff0144a122a4255" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6236ec7647274026" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6806b6bbf5af410298e0da8fe0de5fa5.psmdcp" Id="R3f44d6ce3a9743af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="esiirtymisika02" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="30">
   <x:si>
     <x:t>Eläkkeelle siirtyneiden keskiarvoikä työeläkejärjestelmässä eläkelajin mukaan</x:t>
   </x:si>
   <x:si>
     <x:t>Omaeläke (pl. osa-aikaeläke ja ositt. varh. vanhuuseläke)</x:t>
   </x:si>
   <x:si>