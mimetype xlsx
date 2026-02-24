--- v2 (2026-02-04)
+++ v3 (2026-02-24)
@@ -1,122 +1,122 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6236ec7647274026" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6806b6bbf5af410298e0da8fe0de5fa5.psmdcp" Id="R3f44d6ce3a9743af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91237a4cb35d4b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e8c915275de4d3a8fa4220edc4e035c.psmdcp" Id="Rb7682e1a0603450f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="esiirtymisika02" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="30">
   <x:si>
     <x:t>Eläkkeelle siirtyneiden keskiarvoikä työeläkejärjestelmässä eläkelajin mukaan</x:t>
   </x:si>
   <x:si>
     <x:t>Omaeläke (pl. osa-aikaeläke ja ositt. varh. vanhuuseläke)</x:t>
   </x:si>
   <x:si>
     <x:t>Vanhuuseläke (pl. ositt. varh. vanhuuseläke)</x:t>
   </x:si>
   <x:si>
     <x:t>Työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Molemmat sukupuolet</x:t>
   </x:si>
   <x:si>
-    <x:t>2015</x:t>
+    <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>-</x:t>
   </x:si>
   <x:si>
-    <x:t>2016</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>Tilaston kuvaus, käsitteet ja määritelmät sekä laatuseloste ovat saatavilla Etk.fi-palvelussa. &lt;A HREF=https://etk.fi/tutkimus-tilastot-ja-ennusteet/tilastot/elakkeellesiirtymisika/&gt;&lt;u&gt;Siirry Eläkkeellesiirtymisikä työeläkejärjestelmässä -tilaston verkkosivulle Etk.fi-palveluun.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukossa käytetyt merkinnät:
 -   = ei tapauksia tai loogisesti mahdoton
 ..  = tietoa ei ole saatavissa tai sitä ei julkaista tapausten vähäisyyden vuoksi</x:t>
   </x:si>
   <x:si>
     <x:t>Päivitetty viimeksi:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250210 09:00</x:t>
+    <x:t>20260213 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lähde:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus</x:t>
   </x:si>
   <x:si>
     <x:t>Yhteystiedot:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus, Tilastopalvelu, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Tekijänoikeus</x:t>
   </x:si>
   <x:si>
     <x:t>Yksikkö:</x:t>
   </x:si>
   <x:si>
     <x:t>Ikä</x:t>
   </x:si>
   <x:si>
     <x:t>Sisäinen viitekoodi:</x:t>
   </x:si>
@@ -546,207 +546,207 @@
       </x:c>
       <x:c r="D3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:6">
       <x:c r="A4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="3" t="n">
         <x:v>60.7</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
         <x:v>63.7</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>51.9</x:v>
+        <x:v>51.8</x:v>
       </x:c>
       <x:c r="F4" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:6">
       <x:c r="B5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>60.7</x:v>
+        <x:v>60.8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
         <x:v>63.7</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>51.8</x:v>
-[...2 lines deleted...]
-        <x:v>7</x:v>
+        <x:v>51.9</x:v>
+      </x:c>
+      <x:c r="F5" s="3" t="n">
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:6">
       <x:c r="B6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>60.8</x:v>
+        <x:v>60.4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>63.7</x:v>
+        <x:v>63.8</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>51.9</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>62</x:v>
+        <x:v>61.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:6">
       <x:c r="B7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>60.4</x:v>
+        <x:v>60.2</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>63.8</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>52</x:v>
+        <x:v>51.8</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>61.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6">
       <x:c r="B8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>60.2</x:v>
+        <x:v>60.4</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>64</x:v>
+        <x:v>64.3</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>51.8</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>61.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6">
       <x:c r="B9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>60.4</x:v>
+        <x:v>60.9</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>64.3</x:v>
+        <x:v>64.4</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>52</x:v>
+        <x:v>52.4</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
-        <x:v>61.9</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6">
       <x:c r="B10" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>60.9</x:v>
+        <x:v>61.7</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>64.4</x:v>
+        <x:v>64.6</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>52.4</x:v>
+        <x:v>52.9</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
-        <x:v>62</x:v>
+        <x:v>62.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6">
       <x:c r="B11" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>61.7</x:v>
+        <x:v>61.1</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>64.6</x:v>
+        <x:v>64.7</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>52.9</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>62.4</x:v>
+        <x:v>62.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6">
       <x:c r="B12" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>61.1</x:v>
+        <x:v>61.3</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>64.7</x:v>
+        <x:v>64.8</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>53</x:v>
+        <x:v>53.1</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>62.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6">
       <x:c r="B13" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>61.3</x:v>
+        <x:v>61.6</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>64.8</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>53.1</x:v>
+        <x:v>53.3</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>62.1</x:v>
+        <x:v>62.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6">
       <x:c r="A15" s="5" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6">
       <x:c r="A16" s="5" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6">
       <x:c r="A18" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6">
       <x:c r="A19" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6">
       <x:c r="A21" s="0" t="s">
         <x:v>21</x:v>