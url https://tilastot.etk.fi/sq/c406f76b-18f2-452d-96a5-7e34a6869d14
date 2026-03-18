--- v3 (2026-02-24)
+++ v4 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91237a4cb35d4b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e8c915275de4d3a8fa4220edc4e035c.psmdcp" Id="Rb7682e1a0603450f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf09b543f2cf94f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f281630d1590470a9f224b01e25e87f0.psmdcp" Id="R45fdd3e8142a4075" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="esiirtymisika02" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="30">
   <x:si>
     <x:t>Eläkkeelle siirtyneiden keskiarvoikä työeläkejärjestelmässä eläkelajin mukaan</x:t>
   </x:si>
   <x:si>
     <x:t>Omaeläke (pl. osa-aikaeläke ja ositt. varh. vanhuuseläke)</x:t>
   </x:si>
   <x:si>