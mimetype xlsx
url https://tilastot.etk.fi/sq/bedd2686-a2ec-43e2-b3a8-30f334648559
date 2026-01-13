--- v0 (2025-12-23)
+++ v1 (2026-01-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d533e5f8b724087" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b49e9b7cc7c74ae59a7fcc0746269a5e.psmdcp" Id="Rebd15e1cbf5b4813" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4189d2ce0f19491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/84960f260c544b0fa9467e0a802caadc.psmdcp" Id="Rb1795b0c54b2491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti20_elsi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Månadsstatistik över nypensionerade med arbetspension</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>