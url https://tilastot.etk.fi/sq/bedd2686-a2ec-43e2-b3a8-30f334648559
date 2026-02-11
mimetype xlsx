--- v1 (2026-01-13)
+++ v2 (2026-02-11)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4189d2ce0f19491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/84960f260c544b0fa9467e0a802caadc.psmdcp" Id="Rb1795b0c54b2491c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfd14b0d45684774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/303db79471144b28b86112d038f35f1e.psmdcp" Id="R58b722cef01d4cfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti20_elsi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Månadsstatistik över nypensionerade med arbetspension</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerade från början av året</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerade i statistikmånaden i föregående år</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerade från början av året i föregående år</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M11</x:t>
+    <x:t>2025M12</x:t>
   </x:si>
   <x:si>
     <x:t>Ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerades genomsnittlig arbetspension, euro/mån</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension med fullt belopp</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Arbetslivspension</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
@@ -84,51 +84,51 @@
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensioner/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Olika pensionsslag i tabellen kan inte summeras, då samma person kan få flera olika pensioner samtidigt.</x:t>
   </x:si>
   <x:si>
     <x:t>Utgifter i månadsstatistik över nypensionerade med arbetspension är förhandsuppgifter.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251217 09:00</x:t>
+    <x:t>20260119 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, euro/mån</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -555,260 +555,260 @@
     <x:row r="3" spans="1:7">
       <x:c r="D3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1986</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>2098</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>1969</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>2050</x:v>
+        <x:v>2042</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="B5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1274</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>1294</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>1331</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>1294</x:v>
+        <x:v>1286</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="B6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>1267</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>1278</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>1328</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>1282</x:v>
+        <x:v>1275</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="B7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>1416</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>1404</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>1477</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>1401</x:v>
+        <x:v>1389</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="B8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>881</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>951</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>938</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>981</x:v>
+        <x:v>978</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="B9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>1766</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>1864</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>1780</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>1816</x:v>
+        <x:v>1813</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>773</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>828</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>708</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>763</x:v>
+        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>465</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>476</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>417</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>438</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>877</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>930</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>785</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>841</x:v>
+        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="5" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="5" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="5" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
         <x:v>23</x:v>