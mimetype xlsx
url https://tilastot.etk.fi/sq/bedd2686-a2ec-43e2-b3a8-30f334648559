--- v2 (2026-02-11)
+++ v3 (2026-03-03)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfd14b0d45684774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/303db79471144b28b86112d038f35f1e.psmdcp" Id="R58b722cef01d4cfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47edf17e011e4b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/77e71c2aa6c04708939b1b187c8b2795.psmdcp" Id="Ra5b673874b094309" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti20_elsi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Månadsstatistik över nypensionerade med arbetspension</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerade från början av året</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerade i statistikmånaden i föregående år</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerade från början av året i föregående år</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M12</x:t>
+    <x:t>2026M01</x:t>
   </x:si>
   <x:si>
     <x:t>Ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerades genomsnittlig arbetspension, euro/mån</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension med fullt belopp</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Arbetslivspension</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
@@ -84,51 +84,51 @@
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensioner/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Olika pensionsslag i tabellen kan inte summeras, då samma person kan få flera olika pensioner samtidigt.</x:t>
   </x:si>
   <x:si>
     <x:t>Utgifter i månadsstatistik över nypensionerade med arbetspension är förhandsuppgifter.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20260119 09:00</x:t>
+    <x:t>20260218 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, euro/mån</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -555,260 +555,260 @@
     <x:row r="3" spans="1:7">
       <x:c r="D3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1949</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>2089</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>1935</x:v>
+        <x:v>2183</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>2042</x:v>
+        <x:v>2183</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="B5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1332</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>1289</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>1316</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>1286</x:v>
+        <x:v>1353</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="B6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>1314</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>1273</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>1308</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>1275</x:v>
+        <x:v>1332</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="B7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>1437</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>1396</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>1411</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>1389</x:v>
+        <x:v>1489</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="B8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>949</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>951</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>957</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>978</x:v>
+        <x:v>986</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="B9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>1742</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>1854</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>1762</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>1813</x:v>
+        <x:v>2003</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>769</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>826</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>703</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>759</x:v>
+        <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>476</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>476</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>415</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>436</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>851</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>927</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>786</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>837</x:v>
+        <x:v>923</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="5" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="5" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="5" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
         <x:v>23</x:v>