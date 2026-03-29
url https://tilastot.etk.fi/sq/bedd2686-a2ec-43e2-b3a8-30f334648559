--- v3 (2026-03-03)
+++ v4 (2026-03-29)
@@ -1,134 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47edf17e011e4b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/77e71c2aa6c04708939b1b187c8b2795.psmdcp" Id="Ra5b673874b094309" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R992798cf5c4140fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8574fdb79d2495e90536cb0b1cd30e6.psmdcp" Id="Rd1de50e0b9a24353" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti20_elsi" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Månadsstatistik över nypensionerade med arbetspension</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerade från början av året</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerade i statistikmånaden i föregående år</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerade från början av året i föregående år</x:t>
   </x:si>
   <x:si>
-    <x:t>2026M01</x:t>
+    <x:t>2026M02</x:t>
   </x:si>
   <x:si>
     <x:t>Ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Nypensionerades genomsnittlig arbetspension, euro/mån</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension med fullt belopp</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Arbetslivspension</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
   <x:si>
     <x:t>Lantbrukets specialpension</x:t>
   </x:si>
   <x:si>
     <x:t>Pension p.g.a egen yrkesbana</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 50 %</x:t>
   </x:si>
   <x:si>
-    <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensioner/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
+    <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://www.etk.fi/sv/forskning-statistik-och-prognoser/statistik/pensionstagare-och-pensionsutgifter/arbetspensionstagare-i-finland/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Olika pensionsslag i tabellen kan inte summeras, då samma person kan få flera olika pensioner samtidigt.</x:t>
   </x:si>
   <x:si>
     <x:t>Utgifter i månadsstatistik över nypensionerade med arbetspension är förhandsuppgifter.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20260218 09:00</x:t>
+    <x:t>20260318 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, euro/mån</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -555,260 +555,260 @@
     <x:row r="3" spans="1:7">
       <x:c r="D3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>2238</x:v>
+        <x:v>2068</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>2238</x:v>
+        <x:v>2169</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>2183</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>2183</x:v>
+        <x:v>2115</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="B5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1336</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>1336</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>1353</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>1353</x:v>
+        <x:v>1311</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="B6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>1301</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>1301</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>1332</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>1332</x:v>
+        <x:v>1293</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="B7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>1469</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>1469</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>1489</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>1489</x:v>
+        <x:v>1428</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="B8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>991</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>991</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>986</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>986</x:v>
+        <x:v>960</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="B9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>2040</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>2040</x:v>
+        <x:v>1968</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>2003</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>2003</x:v>
+        <x:v>1926</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>963</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>963</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>823</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>823</x:v>
+        <x:v>829</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>539</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>539</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>479</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>1094</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>1094</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>923</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>923</x:v>
+        <x:v>934</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="5" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="5" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="5" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
         <x:v>23</x:v>