--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fa1b0f2209a46f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/58b0e1510ef445ff9e2de614e63c9b89.psmdcp" Id="R9cdd7dd2250f4de4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b7b3e7a818a45a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d0828158e2fb41ce8c4ae60cda2cfcda.psmdcp" Id="R378c66458ebe4c10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Månadsstatistik över arbetspensionstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring, %</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M08</x:t>
+    <x:t>2025M09</x:t>
   </x:si>
   <x:si>
     <x:t>Ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet arbetspensionsstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension med fullt belopp</x:t>
   </x:si>
@@ -96,51 +96,51 @@
   </x:si>
   <x:si>
     <x:t>Familjepension</x:t>
   </x:si>
   <x:si>
     <x:t>Samtliga pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensioner/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Olika pensionsslag i tabellen kan inte summeras, då samma person kan få flera olika pensioner samtidigt.</x:t>
   </x:si>
   <x:si>
     <x:t>Från och med början av år 2021 ingår familjepensioner vars belopp är noll euro inte längre i statistiken.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250917 09:00</x:t>
+    <x:t>20251017 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, euro/mån, 1 000 euro</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -580,362 +580,362 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1422997</x:v>
+        <x:v>1421507</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>-953</x:v>
+        <x:v>-1490</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>11789</x:v>
+        <x:v>7959</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1354242</x:v>
+        <x:v>1352774</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>-715</x:v>
+        <x:v>-1468</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>10148</x:v>
+        <x:v>7382</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>12616</x:v>
+        <x:v>12630</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>-39</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>476</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>56156</x:v>
+        <x:v>56120</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>-198</x:v>
+        <x:v>-36</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>1152</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>112751</x:v>
+        <x:v>113318</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>552</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>-3275</x:v>
+        <x:v>-2543</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>112473</x:v>
+        <x:v>113013</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>526</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>-3340</x:v>
+        <x:v>-2631</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>91357</x:v>
+        <x:v>91699</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>-2550</x:v>
+        <x:v>-1985</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>21124</x:v>
+        <x:v>21321</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>191</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>-795</x:v>
+        <x:v>-649</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-3.6</x:v>
+        <x:v>-3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>278</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>65</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>30.5</x:v>
+        <x:v>40.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>3287</x:v>
+        <x:v>3248</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>-52</x:v>
+        <x:v>-39</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-715</x:v>
+        <x:v>-698</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>-17.9</x:v>
+        <x:v>-17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1535371</x:v>
+        <x:v>1534446</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>-400</x:v>
+        <x:v>-925</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>8540</x:v>
+        <x:v>5435</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>223063</x:v>
+        <x:v>222969</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>-90</x:v>
+        <x:v>-94</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
-        <x:v>-2807</x:v>
+        <x:v>-2738</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1568365</x:v>
+        <x:v>1567418</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>-491</x:v>
+        <x:v>-947</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>7495</x:v>
+        <x:v>4472</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="6" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="6" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>27</x:v>