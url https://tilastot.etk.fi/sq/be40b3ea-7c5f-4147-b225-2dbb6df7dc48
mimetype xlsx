--- v1 (2025-10-30)
+++ v2 (2025-11-23)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b7b3e7a818a45a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d0828158e2fb41ce8c4ae60cda2cfcda.psmdcp" Id="R378c66458ebe4c10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1a96a1c52df433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e26c78b144445d6b4f20facd5552f00.psmdcp" Id="Rca65c1beb60c4c4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Månadsstatistik över arbetspensionstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring, %</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M09</x:t>
+    <x:t>2025M10</x:t>
   </x:si>
   <x:si>
     <x:t>Ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet arbetspensionsstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension med fullt belopp</x:t>
   </x:si>
@@ -96,51 +96,51 @@
   </x:si>
   <x:si>
     <x:t>Familjepension</x:t>
   </x:si>
   <x:si>
     <x:t>Samtliga pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensioner/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Olika pensionsslag i tabellen kan inte summeras, då samma person kan få flera olika pensioner samtidigt.</x:t>
   </x:si>
   <x:si>
     <x:t>Från och med början av år 2021 ingår familjepensioner vars belopp är noll euro inte längre i statistiken.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251017 09:00</x:t>
+    <x:t>20251119 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, euro/mån, 1 000 euro</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -580,362 +580,362 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1421507</x:v>
+        <x:v>1419465</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>-1490</x:v>
+        <x:v>-2042</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>7959</x:v>
+        <x:v>3716</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1352774</x:v>
+        <x:v>1350726</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>-1468</x:v>
+        <x:v>-2048</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>7382</x:v>
+        <x:v>3943</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>12630</x:v>
+        <x:v>12582</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>14</x:v>
+        <x:v>-48</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>275</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>56120</x:v>
+        <x:v>56173</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>-36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>294</x:v>
+        <x:v>-321</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>113318</x:v>
+        <x:v>113977</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>567</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>-2543</x:v>
+        <x:v>-1572</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>113013</x:v>
+        <x:v>113646</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>540</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>-2631</x:v>
+        <x:v>-1689</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>91699</x:v>
+        <x:v>92195</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>342</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>-1985</x:v>
+        <x:v>-1266</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>21321</x:v>
+        <x:v>21458</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>197</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>-649</x:v>
+        <x:v>-429</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>-2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>305</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>27</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>88</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>40.6</x:v>
+        <x:v>54.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>3248</x:v>
+        <x:v>3210</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>-39</x:v>
+        <x:v>-38</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-698</x:v>
+        <x:v>-669</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>-17.7</x:v>
+        <x:v>-17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1534446</x:v>
+        <x:v>1533061</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>-925</x:v>
+        <x:v>-1385</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>5435</x:v>
+        <x:v>2174</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>222969</x:v>
+        <x:v>223124</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>-94</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
-        <x:v>-2738</x:v>
+        <x:v>-2416</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1567418</x:v>
+        <x:v>1566085</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>-947</x:v>
+        <x:v>-1333</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>4472</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="6" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="6" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>27</x:v>