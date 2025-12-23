--- v2 (2025-11-23)
+++ v3 (2025-12-23)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1a96a1c52df433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e26c78b144445d6b4f20facd5552f00.psmdcp" Id="Rca65c1beb60c4c4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd3943d4fe5f4f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/636a6b80da534c1cb990b0be36ff36e7.psmdcp" Id="Rf232e06feb6243e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Månadsstatistik över arbetspensionstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring, %</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M10</x:t>
+    <x:t>2025M11</x:t>
   </x:si>
   <x:si>
     <x:t>Ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet arbetspensionsstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension med fullt belopp</x:t>
   </x:si>
@@ -96,51 +96,51 @@
   </x:si>
   <x:si>
     <x:t>Familjepension</x:t>
   </x:si>
   <x:si>
     <x:t>Samtliga pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensioner/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Olika pensionsslag i tabellen kan inte summeras, då samma person kan få flera olika pensioner samtidigt.</x:t>
   </x:si>
   <x:si>
     <x:t>Från och med början av år 2021 ingår familjepensioner vars belopp är noll euro inte längre i statistiken.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251119 09:00</x:t>
+    <x:t>20251217 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, euro/mån, 1 000 euro</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -580,362 +580,362 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1419465</x:v>
+        <x:v>1418632</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>-2042</x:v>
+        <x:v>-833</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>3716</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1350726</x:v>
+        <x:v>1350741</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>-2048</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>3943</x:v>
+        <x:v>3353</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>12582</x:v>
+        <x:v>12432</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>-48</x:v>
+        <x:v>-150</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>83</x:v>
+        <x:v>-236</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>56173</x:v>
+        <x:v>55474</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>53</x:v>
+        <x:v>-699</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>-321</x:v>
+        <x:v>-1780</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>113977</x:v>
+        <x:v>113699</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>659</x:v>
+        <x:v>-278</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>-1572</x:v>
+        <x:v>-1524</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>113646</x:v>
+        <x:v>113365</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>633</x:v>
+        <x:v>-281</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>-1689</x:v>
+        <x:v>-1646</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>92195</x:v>
+        <x:v>92013</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>496</x:v>
+        <x:v>-182</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>-1266</x:v>
+        <x:v>-1257</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>21458</x:v>
+        <x:v>21361</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>137</x:v>
+        <x:v>-97</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>-429</x:v>
+        <x:v>-394</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>26</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>117</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>54.7</x:v>
+        <x:v>57.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>3210</x:v>
+        <x:v>3167</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>-38</x:v>
+        <x:v>-43</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-669</x:v>
+        <x:v>-653</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>-17.2</x:v>
+        <x:v>-17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1533061</x:v>
+        <x:v>1531951</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>-1385</x:v>
+        <x:v>-1110</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>2174</x:v>
+        <x:v>-157</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>223124</x:v>
+        <x:v>222993</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>155</x:v>
+        <x:v>-131</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
-        <x:v>-2416</x:v>
+        <x:v>-2358</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1566085</x:v>
+        <x:v>1564964</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>-1333</x:v>
+        <x:v>-1121</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>1374</x:v>
+        <x:v>-911</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="6" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="6" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>27</x:v>