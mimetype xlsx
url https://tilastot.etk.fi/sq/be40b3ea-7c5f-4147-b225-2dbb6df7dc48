--- v3 (2025-12-23)
+++ v4 (2026-01-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd3943d4fe5f4f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/636a6b80da534c1cb990b0be36ff36e7.psmdcp" Id="Rf232e06feb6243e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6e21f7e14754ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/543040dae8cf4e529e4bb967eb3c0bdf.psmdcp" Id="R23e67fbfec3345a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Månadsstatistik över arbetspensionstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>