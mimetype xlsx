--- v4 (2026-01-13)
+++ v5 (2026-02-11)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6e21f7e14754ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/543040dae8cf4e529e4bb967eb3c0bdf.psmdcp" Id="R23e67fbfec3345a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf54cc2928a324953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96e9bbfaf9204646bb3a2934f4e05e0a.psmdcp" Id="Rf355e64dafa74b3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Månadsstatistik över arbetspensionstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring, %</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M11</x:t>
+    <x:t>2025M12</x:t>
   </x:si>
   <x:si>
     <x:t>Ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet arbetspensionsstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension med fullt belopp</x:t>
   </x:si>
@@ -96,51 +96,51 @@
   </x:si>
   <x:si>
     <x:t>Familjepension</x:t>
   </x:si>
   <x:si>
     <x:t>Samtliga pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensioner/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Olika pensionsslag i tabellen kan inte summeras, då samma person kan få flera olika pensioner samtidigt.</x:t>
   </x:si>
   <x:si>
     <x:t>Från och med början av år 2021 ingår familjepensioner vars belopp är noll euro inte längre i statistiken.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251217 09:00</x:t>
+    <x:t>20260119 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, euro/mån, 1 000 euro</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -580,362 +580,362 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1418632</x:v>
+        <x:v>1417321</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>-833</x:v>
+        <x:v>-1311</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>1347</x:v>
+        <x:v>-1033</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1350741</x:v>
+        <x:v>1350253</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>15</x:v>
+        <x:v>-488</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>3353</x:v>
+        <x:v>2719</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>12432</x:v>
+        <x:v>12290</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>-150</x:v>
+        <x:v>-142</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>-236</x:v>
+        <x:v>-575</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>55474</x:v>
+        <x:v>54792</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>-699</x:v>
+        <x:v>-682</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>-1780</x:v>
+        <x:v>-3187</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>113699</x:v>
+        <x:v>113499</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>-278</x:v>
+        <x:v>-200</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>-1524</x:v>
+        <x:v>-1186</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>113365</x:v>
+        <x:v>113161</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>-281</x:v>
+        <x:v>-204</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>-1646</x:v>
+        <x:v>-1318</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>92013</x:v>
+        <x:v>91871</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>-182</x:v>
+        <x:v>-142</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>-1257</x:v>
+        <x:v>-1018</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>21361</x:v>
+        <x:v>21300</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>-97</x:v>
+        <x:v>-61</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>-394</x:v>
+        <x:v>-303</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>334</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>122</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>57.5</x:v>
+        <x:v>64.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>3167</x:v>
+        <x:v>3117</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>-43</x:v>
+        <x:v>-50</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-653</x:v>
+        <x:v>-631</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>-17.1</x:v>
+        <x:v>-16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1531951</x:v>
+        <x:v>1530436</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>-1110</x:v>
+        <x:v>-1515</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>-157</x:v>
+        <x:v>-2198</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>222993</x:v>
+        <x:v>222703</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>-131</x:v>
+        <x:v>-290</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
-        <x:v>-2358</x:v>
+        <x:v>-2143</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
         <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1564964</x:v>
+        <x:v>1563406</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>-1121</x:v>
+        <x:v>-1558</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>-911</x:v>
+        <x:v>-2873</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="6" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="6" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>27</x:v>