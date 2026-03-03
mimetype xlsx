--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf54cc2928a324953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96e9bbfaf9204646bb3a2934f4e05e0a.psmdcp" Id="Rf355e64dafa74b3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0d2bead28544925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/21999b2a7f9f44359d38c769424ba5ce.psmdcp" Id="R4e989b2608ae4c1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Månadsstatistik över arbetspensionstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring, %</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M12</x:t>
+    <x:t>2026M01</x:t>
   </x:si>
   <x:si>
     <x:t>Ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet arbetspensionsstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension med fullt belopp</x:t>
   </x:si>
@@ -96,51 +96,51 @@
   </x:si>
   <x:si>
     <x:t>Familjepension</x:t>
   </x:si>
   <x:si>
     <x:t>Samtliga pensionsslag</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensioner/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Olika pensionsslag i tabellen kan inte summeras, då samma person kan få flera olika pensioner samtidigt.</x:t>
   </x:si>
   <x:si>
     <x:t>Från och med början av år 2021 ingår familjepensioner vars belopp är noll euro inte längre i statistiken.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20260119 09:00</x:t>
+    <x:t>20260218 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, euro/mån, 1 000 euro</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -580,362 +580,362 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1417321</x:v>
+        <x:v>1418133</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>-1311</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>-1033</x:v>
+        <x:v>-3896</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1350253</x:v>
+        <x:v>1352225</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>-488</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>2719</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>12290</x:v>
+        <x:v>12066</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>-142</x:v>
+        <x:v>-224</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>-575</x:v>
+        <x:v>-1142</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>-4.5</x:v>
+        <x:v>-8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>54792</x:v>
+        <x:v>53859</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>-682</x:v>
+        <x:v>-933</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>-3187</x:v>
+        <x:v>-5393</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>-9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>113499</x:v>
+        <x:v>113065</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>-200</x:v>
+        <x:v>-434</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>-1186</x:v>
+        <x:v>-1134</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>113161</x:v>
+        <x:v>112696</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>-204</x:v>
+        <x:v>-465</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>-1318</x:v>
+        <x:v>-1288</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>91871</x:v>
+        <x:v>91457</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>-142</x:v>
+        <x:v>-414</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>-1018</x:v>
+        <x:v>-1120</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>21300</x:v>
+        <x:v>21247</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>-61</x:v>
+        <x:v>-53</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>-303</x:v>
+        <x:v>-172</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>338</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>132</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>64.1</x:v>
+        <x:v>71.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>3117</x:v>
+        <x:v>3063</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>-50</x:v>
+        <x:v>-54</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-631</x:v>
+        <x:v>-620</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
         <x:v>-16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1530436</x:v>
+        <x:v>1530818</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>-1515</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>-2198</x:v>
+        <x:v>-5006</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>222703</x:v>
+        <x:v>222419</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>-290</x:v>
+        <x:v>-284</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
-        <x:v>-2143</x:v>
+        <x:v>-2088</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1563406</x:v>
+        <x:v>1563746</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>-1558</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>-2873</x:v>
+        <x:v>-5534</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="6" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="6" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>27</x:v>