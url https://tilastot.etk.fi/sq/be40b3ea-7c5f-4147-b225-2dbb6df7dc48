--- v6 (2026-03-03)
+++ v7 (2026-03-29)
@@ -1,146 +1,146 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0d2bead28544925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/21999b2a7f9f44359d38c769424ba5ce.psmdcp" Id="R4e989b2608ae4c1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf89da4e68c6446ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd73c3ba160a453c8eb99af61299dcde.psmdcp" Id="R9cdc85eaf7a44d6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Månadsstatistik över arbetspensionstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikmånad</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Månadsförändring, %</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring</x:t>
   </x:si>
   <x:si>
     <x:t>Årsförändring, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2026M01</x:t>
+    <x:t>2026M02</x:t>
   </x:si>
   <x:si>
     <x:t>Ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet arbetspensionsstagare</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig ålderspension</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell förtida ålderspension 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Egentlig sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Sjukpension med fullt belopp</x:t>
   </x:si>
   <x:si>
     <x:t>Partiell sjukpension</x:t>
   </x:si>
   <x:si>
     <x:t>Arbetslivspension</x:t>
   </x:si>
   <x:si>
     <x:t>Lantbrukets specialpension</x:t>
   </x:si>
   <x:si>
     <x:t>Deltidspension</x:t>
   </x:si>
   <x:si>
     <x:t>-</x:t>
   </x:si>
   <x:si>
     <x:t>Pension p.g.a egen yrkesbana</x:t>
   </x:si>
   <x:si>
     <x:t>Familjepension</x:t>
   </x:si>
   <x:si>
     <x:t>Samtliga pensionsslag</x:t>
   </x:si>
   <x:si>
-    <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://etk.fi/sv/forskning-statistik-och-prognoser/statistik/arbetspensioner/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
+    <x:t>Statistikbeskrivningen, begreppen och definitionerna samt kvalitetsbeskrivningen finns tillgängliga på Etk.fi. &lt;A HREF=https://www.etk.fi/sv/forskning-statistik-och-prognoser/statistik/pensionstagare-och-pensionsutgifter/arbetspensionstagare-i-finland/&gt;&lt;u&gt;Gå till webbsidan för statistiken Arbetspensionstagare i Finland på Etk.fi.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Olika pensionsslag i tabellen kan inte summeras, då samma person kan få flera olika pensioner samtidigt.</x:t>
   </x:si>
   <x:si>
     <x:t>Från och med början av år 2021 ingår familjepensioner vars belopp är noll euro inte längre i statistiken.</x:t>
   </x:si>
   <x:si>
     <x:t>Symboler i tabellen:
 - = inga fall eller logiskt omöjligt
 .. = uppgift ej tillgänglig eller utesluten p.g.a. det ringa antalet fall</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20260218 09:00</x:t>
+    <x:t>20260318 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Pensionsskyddscentralen, Statistiktjänsten, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal, euro/mån, 1 000 euro</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -580,359 +580,359 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1418133</x:v>
+        <x:v>1418214</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>812</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>-3896</x:v>
+        <x:v>-4546</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1352225</x:v>
+        <x:v>1352334</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>1972</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G5" s="3" t="n">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="H5" s="4" t="n">
         <x:v>0.1</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>12066</x:v>
+        <x:v>12020</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>-224</x:v>
+        <x:v>-46</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>-1142</x:v>
+        <x:v>-1235</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>-8.6</x:v>
+        <x:v>-9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>53859</x:v>
+        <x:v>53880</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>-933</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>-5393</x:v>
+        <x:v>-5326</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>-9.1</x:v>
+        <x:v>-9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>113065</x:v>
+        <x:v>112861</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>-434</x:v>
+        <x:v>-204</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>-1134</x:v>
+        <x:v>-1178</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>112696</x:v>
+        <x:v>112480</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>-465</x:v>
+        <x:v>-216</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>-1288</x:v>
+        <x:v>-1336</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>91457</x:v>
+        <x:v>91282</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>-414</x:v>
+        <x:v>-175</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>-1120</x:v>
+        <x:v>-1196</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>21247</x:v>
+        <x:v>21207</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>-53</x:v>
+        <x:v>-40</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>-172</x:v>
+        <x:v>-140</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>369</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>31</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>154</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>71.6</x:v>
+        <x:v>70.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>3063</x:v>
+        <x:v>2990</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>-54</x:v>
+        <x:v>-73</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-620</x:v>
+        <x:v>-628</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>-16.8</x:v>
+        <x:v>-17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1530818</x:v>
+        <x:v>1530698</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>382</x:v>
+        <x:v>-120</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>-5006</x:v>
+        <x:v>-5707</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>222419</x:v>
+        <x:v>222088</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>-284</x:v>
+        <x:v>-331</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
-        <x:v>-2088</x:v>
+        <x:v>-2383</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1563746</x:v>
+        <x:v>1563554</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>340</x:v>
+        <x:v>-192</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>-5534</x:v>
+        <x:v>-6280</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="6" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="6" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>