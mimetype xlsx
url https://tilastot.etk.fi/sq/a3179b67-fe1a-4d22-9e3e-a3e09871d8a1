--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb6c311d6b094e71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85d84efe673b423d90f11affcce54af9.psmdcp" Id="R7e07ede314284e54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2825bddb73624fd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e4eb4b60dd264a83bf6ef4f6bf2a5c98.psmdcp" Id="R474e938d1c624068" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>De totala pensionsutgifterna, mn euro</x:t>
   </x:si>
   <x:si>
     <x:t>Totala pensionsutgifter</x:t>
   </x:si>
   <x:si>