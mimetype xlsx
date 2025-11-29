--- v1 (2025-10-31)
+++ v2 (2025-11-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2825bddb73624fd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e4eb4b60dd264a83bf6ef4f6bf2a5c98.psmdcp" Id="R474e938d1c624068" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ced0684ba064ec6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/53304c0550b64f589af58e123dbfc025.psmdcp" Id="R34d068f68a2e45fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>De totala pensionsutgifterna, mn euro</x:t>
   </x:si>
   <x:si>
     <x:t>Totala pensionsutgifter</x:t>
   </x:si>
   <x:si>