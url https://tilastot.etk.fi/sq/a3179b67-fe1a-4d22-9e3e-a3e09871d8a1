--- v2 (2025-11-29)
+++ v3 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ced0684ba064ec6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/53304c0550b64f589af58e123dbfc025.psmdcp" Id="R34d068f68a2e45fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra193934c8b174138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/591a90a8ca9e4111b363ececd58dd56e.psmdcp" Id="R62a0d833511142f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>De totala pensionsutgifterna, mn euro</x:t>
   </x:si>
   <x:si>
     <x:t>Totala pensionsutgifter</x:t>
   </x:si>
   <x:si>