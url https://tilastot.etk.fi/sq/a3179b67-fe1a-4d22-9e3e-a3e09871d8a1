--- v3 (2025-12-19)
+++ v4 (2026-01-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra193934c8b174138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/591a90a8ca9e4111b363ececd58dd56e.psmdcp" Id="R62a0d833511142f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0256d44ac004c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b62584b0a1fb4738893991e29217e030.psmdcp" Id="R986be40f694a4e53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>De totala pensionsutgifterna, mn euro</x:t>
   </x:si>
   <x:si>
     <x:t>Totala pensionsutgifter</x:t>
   </x:si>
   <x:si>