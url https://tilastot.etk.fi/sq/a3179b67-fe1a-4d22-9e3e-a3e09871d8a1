--- v4 (2026-01-08)
+++ v5 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0256d44ac004c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b62584b0a1fb4738893991e29217e030.psmdcp" Id="R986be40f694a4e53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6dc2461261d43b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/59da5fe3def44277842ef6cfaa3e0513.psmdcp" Id="R74426cd10aa7451a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>De totala pensionsutgifterna, mn euro</x:t>
   </x:si>
   <x:si>
     <x:t>Totala pensionsutgifter</x:t>
   </x:si>
   <x:si>