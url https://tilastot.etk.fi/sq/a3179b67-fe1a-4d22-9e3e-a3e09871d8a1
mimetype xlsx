--- v5 (2026-02-16)
+++ v6 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6dc2461261d43b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/59da5fe3def44277842ef6cfaa3e0513.psmdcp" Id="R74426cd10aa7451a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9087af845984139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c002bf91d9aa45db9a30d0cd8edba4f1.psmdcp" Id="Re2b0ba0e54944d9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>De totala pensionsutgifterna, mn euro</x:t>
   </x:si>
   <x:si>
     <x:t>Totala pensionsutgifter</x:t>
   </x:si>
   <x:si>