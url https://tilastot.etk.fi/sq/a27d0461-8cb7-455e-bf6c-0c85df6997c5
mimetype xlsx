--- v0 (2025-12-17)
+++ v1 (2026-01-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35c4ee519d6d4907" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6e167635de3345368dd12f4dc878f2c7.psmdcp" Id="Rcb8f4ed99b194ca0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f87f907bf0a466c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c7290dbcb9b4383b37b60ac349b1096.psmdcp" Id="R93b965b46d9f4d76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ulkom_k10_asuinm" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <x:si>
     <x:t>Earnings-related and national pension recipients living abroad by country of residence</x:t>
   </x:si>
   <x:si>
     <x:t>Number of pension recipients, number</x:t>
   </x:si>
   <x:si>