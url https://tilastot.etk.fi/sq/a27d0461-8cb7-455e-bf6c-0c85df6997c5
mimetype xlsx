--- v1 (2026-01-06)
+++ v2 (2026-02-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f87f907bf0a466c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c7290dbcb9b4383b37b60ac349b1096.psmdcp" Id="R93b965b46d9f4d76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59b086563f0d48da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb3201299a5e4f6dbe0076b1f7c03c82.psmdcp" Id="R1b43ddf08aa544d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ulkom_k10_asuinm" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <x:si>
     <x:t>Earnings-related and national pension recipients living abroad by country of residence</x:t>
   </x:si>
   <x:si>
     <x:t>Number of pension recipients, number</x:t>
   </x:si>
   <x:si>