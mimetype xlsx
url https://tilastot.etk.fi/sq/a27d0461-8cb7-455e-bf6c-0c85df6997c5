--- v2 (2026-02-14)
+++ v3 (2026-03-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59b086563f0d48da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb3201299a5e4f6dbe0076b1f7c03c82.psmdcp" Id="R1b43ddf08aa544d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafd3c5962e904a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb970013e81b440eb218f7af2cb24e6a.psmdcp" Id="Rb0c4877d1a504b89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ulkom_k10_asuinm" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <x:si>
     <x:t>Earnings-related and national pension recipients living abroad by country of residence</x:t>
   </x:si>
   <x:si>
     <x:t>Number of pension recipients, number</x:t>
   </x:si>
   <x:si>