--- v0 (2025-12-15)
+++ v1 (2026-01-05)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ad3e119547a40ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6baf520c4f274fea89b86b780386f539.psmdcp" Id="Rbf00ebca8d074489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f0de5bca8464fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/910d367873604f02bd92fb5c5f901e55.psmdcp" Id="R54382b2021164444" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>The monthly statistics on earnings-related pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Statistical month</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly change</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly change, %</x:t>
   </x:si>
   <x:si>
     <x:t>Annual change</x:t>
   </x:si>
   <x:si>
     <x:t>Annual change, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M10</x:t>
+    <x:t>2025M11</x:t>
   </x:si>
   <x:si>
     <x:t>Old-age pension</x:t>
   </x:si>
   <x:si>
     <x:t>Number of earnings-related pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Actual old-age pension</x:t>
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 25%</x:t>
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 50%</x:t>
   </x:si>
   <x:si>
     <x:t>Disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Actual disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Full disability pension</x:t>
   </x:si>
@@ -96,51 +96,51 @@
   </x:si>
   <x:si>
     <x:t>Survivors' pension</x:t>
   </x:si>
   <x:si>
     <x:t>All pension benefits</x:t>
   </x:si>
   <x:si>
     <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://etk.fi/en/research-statistics-and-projections/statistics/earnings-related-pension-recipients/&gt;&lt;u&gt;Go to Earnings-related Pension Recipients in Finland.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Different pension benefits in the statistics cannot be summed, because a pension recipient may receive several pension benefits at the same time.</x:t>
   </x:si>
   <x:si>
     <x:t>As of the beginning of 2021, survivors' pensions that amount to 0 euro are no longer included in the statistics.</x:t>
   </x:si>
   <x:si>
     <x:t>Symbols used in the table:
 - = Magnitude nil or category not applicable
 .. = Data not available or not published due to small number of cases</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251119 09:00</x:t>
+    <x:t>20251217 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions, Statistics service, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Number, euros/month, 1,000 euros</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -580,362 +580,362 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1419465</x:v>
+        <x:v>1418632</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>-2042</x:v>
+        <x:v>-833</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>3716</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1350726</x:v>
+        <x:v>1350741</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>-2048</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>3943</x:v>
+        <x:v>3353</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>12582</x:v>
+        <x:v>12432</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>-48</x:v>
+        <x:v>-150</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>83</x:v>
+        <x:v>-236</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>56173</x:v>
+        <x:v>55474</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>53</x:v>
+        <x:v>-699</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>-321</x:v>
+        <x:v>-1780</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>113977</x:v>
+        <x:v>113699</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>659</x:v>
+        <x:v>-278</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>-1572</x:v>
+        <x:v>-1524</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>113646</x:v>
+        <x:v>113365</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>633</x:v>
+        <x:v>-281</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>-1689</x:v>
+        <x:v>-1646</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>92195</x:v>
+        <x:v>92013</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>496</x:v>
+        <x:v>-182</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>-1266</x:v>
+        <x:v>-1257</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>21458</x:v>
+        <x:v>21361</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>137</x:v>
+        <x:v>-97</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>-429</x:v>
+        <x:v>-394</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>26</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>117</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>54.7</x:v>
+        <x:v>57.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>3210</x:v>
+        <x:v>3167</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>-38</x:v>
+        <x:v>-43</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-669</x:v>
+        <x:v>-653</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>-17.2</x:v>
+        <x:v>-17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1533061</x:v>
+        <x:v>1531951</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>-1385</x:v>
+        <x:v>-1110</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>2174</x:v>
+        <x:v>-157</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>223124</x:v>
+        <x:v>222993</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>155</x:v>
+        <x:v>-131</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
-        <x:v>-2416</x:v>
+        <x:v>-2358</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1566085</x:v>
+        <x:v>1564964</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>-1333</x:v>
+        <x:v>-1121</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>1374</x:v>
+        <x:v>-911</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="6" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="6" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>27</x:v>