--- v1 (2026-01-05)
+++ v2 (2026-02-09)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f0de5bca8464fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/910d367873604f02bd92fb5c5f901e55.psmdcp" Id="R54382b2021164444" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39ad547b214642b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a7168bc2fab44ff9bc41052dc88d105.psmdcp" Id="R252726d2e36f47ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>The monthly statistics on earnings-related pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Statistical month</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly change</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly change, %</x:t>
   </x:si>
   <x:si>
     <x:t>Annual change</x:t>
   </x:si>
   <x:si>
     <x:t>Annual change, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M11</x:t>
+    <x:t>2025M12</x:t>
   </x:si>
   <x:si>
     <x:t>Old-age pension</x:t>
   </x:si>
   <x:si>
     <x:t>Number of earnings-related pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Actual old-age pension</x:t>
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 25%</x:t>
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 50%</x:t>
   </x:si>
   <x:si>
     <x:t>Disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Actual disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Full disability pension</x:t>
   </x:si>
@@ -96,51 +96,51 @@
   </x:si>
   <x:si>
     <x:t>Survivors' pension</x:t>
   </x:si>
   <x:si>
     <x:t>All pension benefits</x:t>
   </x:si>
   <x:si>
     <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://etk.fi/en/research-statistics-and-projections/statistics/earnings-related-pension-recipients/&gt;&lt;u&gt;Go to Earnings-related Pension Recipients in Finland.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Different pension benefits in the statistics cannot be summed, because a pension recipient may receive several pension benefits at the same time.</x:t>
   </x:si>
   <x:si>
     <x:t>As of the beginning of 2021, survivors' pensions that amount to 0 euro are no longer included in the statistics.</x:t>
   </x:si>
   <x:si>
     <x:t>Symbols used in the table:
 - = Magnitude nil or category not applicable
 .. = Data not available or not published due to small number of cases</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251217 09:00</x:t>
+    <x:t>20260119 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions, Statistics service, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Number, euros/month, 1,000 euros</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -580,362 +580,362 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1418632</x:v>
+        <x:v>1417321</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>-833</x:v>
+        <x:v>-1311</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>1347</x:v>
+        <x:v>-1033</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1350741</x:v>
+        <x:v>1350253</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>15</x:v>
+        <x:v>-488</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>3353</x:v>
+        <x:v>2719</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>12432</x:v>
+        <x:v>12290</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>-150</x:v>
+        <x:v>-142</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>-236</x:v>
+        <x:v>-575</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>55474</x:v>
+        <x:v>54792</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>-699</x:v>
+        <x:v>-682</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>-1780</x:v>
+        <x:v>-3187</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>113699</x:v>
+        <x:v>113499</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>-278</x:v>
+        <x:v>-200</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>-1524</x:v>
+        <x:v>-1186</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>113365</x:v>
+        <x:v>113161</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>-281</x:v>
+        <x:v>-204</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>-1646</x:v>
+        <x:v>-1318</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>92013</x:v>
+        <x:v>91871</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>-182</x:v>
+        <x:v>-142</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>-1257</x:v>
+        <x:v>-1018</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>21361</x:v>
+        <x:v>21300</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>-97</x:v>
+        <x:v>-61</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>-394</x:v>
+        <x:v>-303</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>334</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>122</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>57.5</x:v>
+        <x:v>64.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>3167</x:v>
+        <x:v>3117</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>-43</x:v>
+        <x:v>-50</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-653</x:v>
+        <x:v>-631</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>-17.1</x:v>
+        <x:v>-16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1531951</x:v>
+        <x:v>1530436</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>-1110</x:v>
+        <x:v>-1515</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>-157</x:v>
+        <x:v>-2198</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>222993</x:v>
+        <x:v>222703</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>-131</x:v>
+        <x:v>-290</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
-        <x:v>-2358</x:v>
+        <x:v>-2143</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
         <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1564964</x:v>
+        <x:v>1563406</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>-1121</x:v>
+        <x:v>-1558</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>-911</x:v>
+        <x:v>-2873</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="6" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="6" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>27</x:v>