--- v2 (2026-02-09)
+++ v3 (2026-03-01)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39ad547b214642b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a7168bc2fab44ff9bc41052dc88d105.psmdcp" Id="R252726d2e36f47ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3381430a6e74388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/87c9a58a50a749aabbcdf24ff59b1234.psmdcp" Id="R6cb625acf8264fa5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>The monthly statistics on earnings-related pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Statistical month</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly change</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly change, %</x:t>
   </x:si>
   <x:si>
     <x:t>Annual change</x:t>
   </x:si>
   <x:si>
     <x:t>Annual change, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M12</x:t>
+    <x:t>2026M01</x:t>
   </x:si>
   <x:si>
     <x:t>Old-age pension</x:t>
   </x:si>
   <x:si>
     <x:t>Number of earnings-related pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Actual old-age pension</x:t>
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 25%</x:t>
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 50%</x:t>
   </x:si>
   <x:si>
     <x:t>Disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Actual disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Full disability pension</x:t>
   </x:si>
@@ -96,51 +96,51 @@
   </x:si>
   <x:si>
     <x:t>Survivors' pension</x:t>
   </x:si>
   <x:si>
     <x:t>All pension benefits</x:t>
   </x:si>
   <x:si>
     <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://etk.fi/en/research-statistics-and-projections/statistics/earnings-related-pension-recipients/&gt;&lt;u&gt;Go to Earnings-related Pension Recipients in Finland.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Different pension benefits in the statistics cannot be summed, because a pension recipient may receive several pension benefits at the same time.</x:t>
   </x:si>
   <x:si>
     <x:t>As of the beginning of 2021, survivors' pensions that amount to 0 euro are no longer included in the statistics.</x:t>
   </x:si>
   <x:si>
     <x:t>Symbols used in the table:
 - = Magnitude nil or category not applicable
 .. = Data not available or not published due to small number of cases</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20260119 09:00</x:t>
+    <x:t>20260218 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions, Statistics service, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Number, euros/month, 1,000 euros</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -580,362 +580,362 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1417321</x:v>
+        <x:v>1418133</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>-1311</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>-1033</x:v>
+        <x:v>-3896</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1350253</x:v>
+        <x:v>1352225</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>-488</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>2719</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>12290</x:v>
+        <x:v>12066</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>-142</x:v>
+        <x:v>-224</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>-575</x:v>
+        <x:v>-1142</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>-4.5</x:v>
+        <x:v>-8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>54792</x:v>
+        <x:v>53859</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>-682</x:v>
+        <x:v>-933</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>-3187</x:v>
+        <x:v>-5393</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>-9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>113499</x:v>
+        <x:v>113065</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>-200</x:v>
+        <x:v>-434</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>-1186</x:v>
+        <x:v>-1134</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>113161</x:v>
+        <x:v>112696</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>-204</x:v>
+        <x:v>-465</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>-1318</x:v>
+        <x:v>-1288</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>91871</x:v>
+        <x:v>91457</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>-142</x:v>
+        <x:v>-414</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>-1018</x:v>
+        <x:v>-1120</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>21300</x:v>
+        <x:v>21247</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>-61</x:v>
+        <x:v>-53</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>-303</x:v>
+        <x:v>-172</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>338</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>132</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>64.1</x:v>
+        <x:v>71.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>3117</x:v>
+        <x:v>3063</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>-50</x:v>
+        <x:v>-54</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-631</x:v>
+        <x:v>-620</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
         <x:v>-16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1530436</x:v>
+        <x:v>1530818</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>-1515</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>-2198</x:v>
+        <x:v>-5006</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>222703</x:v>
+        <x:v>222419</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>-290</x:v>
+        <x:v>-284</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
-        <x:v>-2143</x:v>
+        <x:v>-2088</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1563406</x:v>
+        <x:v>1563746</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>-1558</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>-2873</x:v>
+        <x:v>-5534</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="6" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="6" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>27</x:v>