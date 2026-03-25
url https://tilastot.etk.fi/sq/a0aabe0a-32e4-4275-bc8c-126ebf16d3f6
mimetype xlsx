--- v3 (2026-03-01)
+++ v4 (2026-03-25)
@@ -1,146 +1,146 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3381430a6e74388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/87c9a58a50a749aabbcdf24ff59b1234.psmdcp" Id="R6cb625acf8264fa5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re15b4738d4144737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73eca0dfe088489185a5be0ecfc0464a.psmdcp" Id="R876d0ebeb2ee4cf1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>The monthly statistics on earnings-related pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Statistical month</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly change</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly change, %</x:t>
   </x:si>
   <x:si>
     <x:t>Annual change</x:t>
   </x:si>
   <x:si>
     <x:t>Annual change, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2026M01</x:t>
+    <x:t>2026M02</x:t>
   </x:si>
   <x:si>
     <x:t>Old-age pension</x:t>
   </x:si>
   <x:si>
     <x:t>Number of earnings-related pension recipients</x:t>
   </x:si>
   <x:si>
     <x:t>Actual old-age pension</x:t>
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 25%</x:t>
   </x:si>
   <x:si>
     <x:t>Partial old-age pension 50%</x:t>
   </x:si>
   <x:si>
     <x:t>Disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Actual disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Full disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Partial disability pension</x:t>
   </x:si>
   <x:si>
     <x:t>Years-of-service pension</x:t>
   </x:si>
   <x:si>
     <x:t>Special pension for farmers</x:t>
   </x:si>
   <x:si>
     <x:t>Part-time pension</x:t>
   </x:si>
   <x:si>
     <x:t>-</x:t>
   </x:si>
   <x:si>
     <x:t>Pension based on one's own work history</x:t>
   </x:si>
   <x:si>
     <x:t>Survivors' pension</x:t>
   </x:si>
   <x:si>
     <x:t>All pension benefits</x:t>
   </x:si>
   <x:si>
-    <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://etk.fi/en/research-statistics-and-projections/statistics/earnings-related-pension-recipients/&gt;&lt;u&gt;Go to Earnings-related Pension Recipients in Finland.&lt;/u&gt;&lt;/A&gt;</x:t>
+    <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://www.etk.fi/en/research-statistics-and-projections/statistics/pension-recipients-and-pension-expenditure/earnings-related-pension-recipients-in-finland/&gt;&lt;u&gt;Go to Earnings-related Pension Recipients in Finland.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Different pension benefits in the statistics cannot be summed, because a pension recipient may receive several pension benefits at the same time.</x:t>
   </x:si>
   <x:si>
     <x:t>As of the beginning of 2021, survivors' pensions that amount to 0 euro are no longer included in the statistics.</x:t>
   </x:si>
   <x:si>
     <x:t>Symbols used in the table:
 - = Magnitude nil or category not applicable
 .. = Data not available or not published due to small number of cases</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20260218 09:00</x:t>
+    <x:t>20260318 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions, Statistics service, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Number, euros/month, 1,000 euros</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -580,359 +580,359 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>1418133</x:v>
+        <x:v>1418214</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>812</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>-3896</x:v>
+        <x:v>-4546</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1352225</x:v>
+        <x:v>1352334</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>1972</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G5" s="3" t="n">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="H5" s="4" t="n">
         <x:v>0.1</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>12066</x:v>
+        <x:v>12020</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>-224</x:v>
+        <x:v>-46</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>-1142</x:v>
+        <x:v>-1235</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>-8.6</x:v>
+        <x:v>-9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>53859</x:v>
+        <x:v>53880</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>-933</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>-5393</x:v>
+        <x:v>-5326</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>-9.1</x:v>
+        <x:v>-9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>113065</x:v>
+        <x:v>112861</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>-434</x:v>
+        <x:v>-204</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>-1134</x:v>
+        <x:v>-1178</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>112696</x:v>
+        <x:v>112480</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>-465</x:v>
+        <x:v>-216</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>-1288</x:v>
+        <x:v>-1336</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>91457</x:v>
+        <x:v>91282</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>-414</x:v>
+        <x:v>-175</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>-1120</x:v>
+        <x:v>-1196</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>21247</x:v>
+        <x:v>21207</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>-53</x:v>
+        <x:v>-40</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>-172</x:v>
+        <x:v>-140</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>369</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>31</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>154</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>71.6</x:v>
+        <x:v>70.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="B13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>3063</x:v>
+        <x:v>2990</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>-54</x:v>
+        <x:v>-73</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>-620</x:v>
+        <x:v>-628</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>-16.8</x:v>
+        <x:v>-17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="B14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="5" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="B15" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1530818</x:v>
+        <x:v>1530698</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>382</x:v>
+        <x:v>-120</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>-5006</x:v>
+        <x:v>-5707</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="B16" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>222419</x:v>
+        <x:v>222088</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>-284</x:v>
+        <x:v>-331</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
-        <x:v>-2088</x:v>
+        <x:v>-2383</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="B17" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1563746</x:v>
+        <x:v>1563554</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>340</x:v>
+        <x:v>-192</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>-5534</x:v>
+        <x:v>-6280</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="6" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="6" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="6" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="6" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>