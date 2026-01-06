--- v0 (2025-12-15)
+++ v1 (2026-01-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R688521bbad2a4cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/58ac73684b964c389a83997d32add1d6.psmdcp" Id="Rc76768fe8ca44094" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R148ffee428ce465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6681e13ca2549baa4b4729b6220d805.psmdcp" Id="Re1bce47ba86f4f84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak01_piiri" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>17-68-year-olds covered by the earnings-related pension scheme</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>