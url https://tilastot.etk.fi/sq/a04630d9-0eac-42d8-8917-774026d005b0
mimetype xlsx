--- v1 (2026-01-06)
+++ v2 (2026-02-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R148ffee428ce465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6681e13ca2549baa4b4729b6220d805.psmdcp" Id="Re1bce47ba86f4f84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74557a3070b54f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/97b00e759f1745c0a8956734dab154ee.psmdcp" Id="R77131c0a049f4415" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak01_piiri" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>17-68-year-olds covered by the earnings-related pension scheme</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>