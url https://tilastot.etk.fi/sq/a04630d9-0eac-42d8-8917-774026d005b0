--- v2 (2026-02-14)
+++ v3 (2026-03-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74557a3070b54f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/97b00e759f1745c0a8956734dab154ee.psmdcp" Id="R77131c0a049f4415" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rede04ddc368c45b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d8a27a9831764a9283e62c85af2933b4.psmdcp" Id="R15db6644d2bc4ff5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="vak01_piiri" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>17-68-year-olds covered by the earnings-related pension scheme</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>