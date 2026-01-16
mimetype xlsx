--- v0 (2025-12-27)
+++ v1 (2026-01-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd90bb84a8669438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e760631087547ddb07c8b880d1a5e67.psmdcp" Id="R4ad2c5b142044501" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0f5109106504cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bb4027cae60944c8a7d583e9421b2ef9.psmdcp" Id="R8bf9cc011c8747ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ulkom_k10_asuinm" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <x:si>
     <x:t>Arbets- och folkpensionstagare bosatta utomlands efter bosättningsland</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet pensionstagare, antal</x:t>
   </x:si>
   <x:si>