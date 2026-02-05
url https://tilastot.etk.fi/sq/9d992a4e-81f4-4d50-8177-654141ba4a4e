--- v1 (2026-01-16)
+++ v2 (2026-02-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0f5109106504cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bb4027cae60944c8a7d583e9421b2ef9.psmdcp" Id="R8bf9cc011c8747ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R182d3c4714144b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3116a2dcc4124624ad50a805fa207297.psmdcp" Id="R4f0bd4add337439f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ulkom_k10_asuinm" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <x:si>
     <x:t>Arbets- och folkpensionstagare bosatta utomlands efter bosättningsland</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet pensionstagare, antal</x:t>
   </x:si>
   <x:si>