--- v2 (2026-02-05)
+++ v3 (2026-02-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R182d3c4714144b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3116a2dcc4124624ad50a805fa207297.psmdcp" Id="R4f0bd4add337439f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4ece6f558d1407e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0181310bd554d6ebc8e5797e6e02cf3.psmdcp" Id="R3ac4658711cd46d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ulkom_k10_asuinm" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <x:si>
     <x:t>Arbets- och folkpensionstagare bosatta utomlands efter bosättningsland</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet pensionstagare, antal</x:t>
   </x:si>
   <x:si>