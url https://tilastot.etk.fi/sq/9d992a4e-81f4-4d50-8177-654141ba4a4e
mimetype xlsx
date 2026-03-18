--- v3 (2026-02-26)
+++ v4 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4ece6f558d1407e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0181310bd554d6ebc8e5797e6e02cf3.psmdcp" Id="R3ac4658711cd46d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7552e6d29a8c4a30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c0c28b588b724d3f861dd16c8f26e38e.psmdcp" Id="Ra785be60679d476a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ulkom_k10_asuinm" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <x:si>
     <x:t>Arbets- och folkpensionstagare bosatta utomlands efter bosättningsland</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet pensionstagare, antal</x:t>
   </x:si>
   <x:si>