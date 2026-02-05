--- v0 (2025-12-28)
+++ v1 (2026-02-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6167f96d6bf407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bacea6ec1e9342e3b8d455059aaed472.psmdcp" Id="R2790eaeec4e34ae0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R820dde5a33e9440a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8f73d2d56e2341689a12800533ffc28d.psmdcp" Id="R07fa6385c4e342b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Arbets- och folkpensionstagares medelpension åren 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet pensionstagare, antal</x:t>
   </x:si>
   <x:si>