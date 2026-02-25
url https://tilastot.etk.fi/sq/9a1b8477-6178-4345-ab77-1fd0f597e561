--- v1 (2026-02-05)
+++ v2 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R820dde5a33e9440a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8f73d2d56e2341689a12800533ffc28d.psmdcp" Id="R07fa6385c4e342b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcfc3ffa49ac4115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26b01b5a781443c39e1dd70e2f1ec371.psmdcp" Id="R0697e02d709044a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Arbets- och folkpensionstagares medelpension åren 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet pensionstagare, antal</x:t>
   </x:si>
   <x:si>