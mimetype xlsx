--- v2 (2026-02-25)
+++ v3 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcfc3ffa49ac4115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26b01b5a781443c39e1dd70e2f1ec371.psmdcp" Id="R0697e02d709044a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb396cedd535c40a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b8b07b54d194fd48d53c69a43520630.psmdcp" Id="R4f0b3ff461ed4760" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsael_1k00_aikas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Arbets- och folkpensionstagares medelpension åren 1981-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Antalet pensionstagare, antal</x:t>
   </x:si>
   <x:si>