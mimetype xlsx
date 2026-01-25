--- v0 (2025-12-29)
+++ v1 (2026-01-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfd144f2cb254f5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a6b96d1a27a4302af3baf06ae7356d4.psmdcp" Id="Rd9680b1cca16405e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbca983e91f7c48ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/511d1d45012e458e9ec0554dbbd5343d.psmdcp" Id="R356cfbe2abf744e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <x:si>
     <x:t>Nya sjukpensionstagare med arbets- och folkpension efter sjukdomshuvudgrupp</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>