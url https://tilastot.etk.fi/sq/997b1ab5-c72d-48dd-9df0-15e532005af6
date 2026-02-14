--- v1 (2026-01-25)
+++ v2 (2026-02-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbca983e91f7c48ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/511d1d45012e458e9ec0554dbbd5343d.psmdcp" Id="R356cfbe2abf744e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R236edad2e80648bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/04aed6bfe7d24a92880590d86450ccad.psmdcp" Id="R95ae9add3254480e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <x:si>
     <x:t>Nya sjukpensionstagare med arbets- och folkpension efter sjukdomshuvudgrupp</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>