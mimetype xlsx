--- v2 (2026-02-14)
+++ v3 (2026-03-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R236edad2e80648bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/04aed6bfe7d24a92880590d86450ccad.psmdcp" Id="R95ae9add3254480e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8af8e7ee80a4222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ca3a64dc72ac497aaa13bb8e8c467e25.psmdcp" Id="R6601ead12b1f46bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="elsi_k10_tk_diag" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <x:si>
     <x:t>Nya sjukpensionstagare med arbets- och folkpension efter sjukdomshuvudgrupp</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>