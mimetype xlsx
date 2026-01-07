--- v0 (2025-12-17)
+++ v1 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26bbdc60e73546bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b99433c1fb2c47d78b32d47642f59785.psmdcp" Id="R75a3ddee463944f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd194617f21f4aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b80cd6d85d45440682f2ae7249a52f7c.psmdcp" Id="R79deb3052a45407f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus03" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Kuntoutustoimenpidekustannukset kuntoutustoimenpiteen mukaan</x:t>
   </x:si>
   <x:si>
     <x:t>Kuntoutujien lukumäärä, lkm</x:t>
   </x:si>
   <x:si>