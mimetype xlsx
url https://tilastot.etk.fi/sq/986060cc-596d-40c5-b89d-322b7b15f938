--- v1 (2026-01-07)
+++ v2 (2026-01-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd194617f21f4aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b80cd6d85d45440682f2ae7249a52f7c.psmdcp" Id="R79deb3052a45407f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd50905eb9e104aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2e68a061ced4deb970579aaa4e120f5.psmdcp" Id="R26d0ecda2c0e4a5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus03" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Kuntoutustoimenpidekustannukset kuntoutustoimenpiteen mukaan</x:t>
   </x:si>
   <x:si>
     <x:t>Kuntoutujien lukumäärä, lkm</x:t>
   </x:si>
   <x:si>