--- v2 (2026-01-28)
+++ v3 (2026-02-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd50905eb9e104aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2e68a061ced4deb970579aaa4e120f5.psmdcp" Id="R26d0ecda2c0e4a5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb949d69d7a8f473b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e3ad2a4720994890a0f66e67ef6820ba.psmdcp" Id="R5340a7054b174818" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus03" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Kuntoutustoimenpidekustannukset kuntoutustoimenpiteen mukaan</x:t>
   </x:si>
   <x:si>
     <x:t>Kuntoutujien lukumäärä, lkm</x:t>
   </x:si>
   <x:si>