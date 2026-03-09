--- v3 (2026-02-17)
+++ v4 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb949d69d7a8f473b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e3ad2a4720994890a0f66e67ef6820ba.psmdcp" Id="R5340a7054b174818" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95a162cbe3e64a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c01816d62c1645b38c7815a2e412c3b0.psmdcp" Id="R775650323c134836" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus03" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Kuntoutustoimenpidekustannukset kuntoutustoimenpiteen mukaan</x:t>
   </x:si>
   <x:si>
     <x:t>Kuntoutujien lukumäärä, lkm</x:t>
   </x:si>
   <x:si>