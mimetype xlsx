--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde13161f59f24216" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c9e5ae6785024c3790bee4aac13104b5.psmdcp" Id="Rcd1e86afe98a4e73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1498f162de18410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e73b8614ed174ce8b9d0541b96993572.psmdcp" Id="R8972dba31ae04c27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>Kokonaiseläkemenot, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>