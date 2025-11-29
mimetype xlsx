--- v1 (2025-10-31)
+++ v2 (2025-11-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1498f162de18410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e73b8614ed174ce8b9d0541b96993572.psmdcp" Id="R8972dba31ae04c27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb857926863b4557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8495422c523547c3917ac1f5fa0635e7.psmdcp" Id="R3196764c0cee413c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>Kokonaiseläkemenot, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>