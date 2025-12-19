--- v2 (2025-11-29)
+++ v3 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb857926863b4557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8495422c523547c3917ac1f5fa0635e7.psmdcp" Id="R3196764c0cee413c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd166b25665ed44d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2473a87b9c134ff4b1ed72cc02daad3b.psmdcp" Id="Rebe5c4a7af8e4c0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>Kokonaiseläkemenot, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>