--- v3 (2025-12-19)
+++ v4 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd166b25665ed44d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2473a87b9c134ff4b1ed72cc02daad3b.psmdcp" Id="Rebe5c4a7af8e4c0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb445c6b931c0405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6ea482851f1942339102c9badc298f99.psmdcp" Id="R58543d4b96ae4f3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>Kokonaiseläkemenot, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>