--- v4 (2026-01-09)
+++ v5 (2026-02-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb445c6b931c0405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6ea482851f1942339102c9badc298f99.psmdcp" Id="R58543d4b96ae4f3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e8b8860a19b4e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c9ec0f38815d4be390d46916ef08b842.psmdcp" Id="Rb4648e8d1f4e4c54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>Kokonaiseläkemenot, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>