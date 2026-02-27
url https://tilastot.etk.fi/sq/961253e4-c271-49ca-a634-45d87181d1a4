--- v5 (2026-02-07)
+++ v6 (2026-02-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e8b8860a19b4e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c9ec0f38815d4be390d46916ef08b842.psmdcp" Id="Rb4648e8d1f4e4c54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4747261b71f43ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/503284a5eed94ead9e86f7aceecc9527.psmdcp" Id="Rde0efaaa94684e5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>Kokonaiseläkemenot, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>