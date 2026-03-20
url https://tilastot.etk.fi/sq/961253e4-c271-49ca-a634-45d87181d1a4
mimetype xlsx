--- v6 (2026-02-27)
+++ v7 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4747261b71f43ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/503284a5eed94ead9e86f7aceecc9527.psmdcp" Id="Rde0efaaa94684e5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad6201bbee54e7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/928b66e9c262471daa38fc58049dd96f.psmdcp" Id="Rece5a133663744ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno01_koko" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>Kokonaiseläkemenot, milj. euroa</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>