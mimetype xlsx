--- v0 (2026-01-01)
+++ v1 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ea036578bb14afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7a7b801c3d9491897dfe11d972c2893.psmdcp" Id="R342f10c96e1948bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec86de94b49a4967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33b3f5293472484a964b92fe5e1ee22f.psmdcp" Id="R531ce64ff6ca400b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_21tod_maa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <x:si>
     <x:t>Granted certificates on coverage by Finnish social security while working abroad by target country</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>