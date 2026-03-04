--- v1 (2026-01-21)
+++ v2 (2026-03-04)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec86de94b49a4967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33b3f5293472484a964b92fe5e1ee22f.psmdcp" Id="R531ce64ff6ca400b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29c04772914b459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9ecd04c9384f48e0812376742d12ee06.psmdcp" Id="R0bac1bb841f54748" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_21tod_maa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <x:si>
     <x:t>Granted certificates on coverage by Finnish social security while working abroad by target country</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>
     <x:t>Males</x:t>
   </x:si>
   <x:si>
     <x:t>Females</x:t>
   </x:si>
   <x:si>
     <x:t>Certificates, number</x:t>
   </x:si>
   <x:si>
-    <x:t>2024</x:t>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>All foreign countries</x:t>
   </x:si>
   <x:si>
     <x:t>All personnel groups</x:t>
   </x:si>
   <x:si>
     <x:t>All periods of validity of the certificate</x:t>
   </x:si>
   <x:si>
     <x:t>Several countries</x:t>
   </x:si>
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>Spain</x:t>
   </x:si>
   <x:si>
     <x:t>Germany</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
@@ -130,51 +130,51 @@
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
   <x:si>
     <x:t>Lithuania</x:t>
   </x:si>
   <x:si>
     <x:t>Croatia</x:t>
   </x:si>
   <x:si>
     <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://etk.fi/en/research-statistics-and-projections/statistics/posted-workers/&gt;&lt;u&gt;Go to Statistics on Insurance for Work Abroad and Posted Workers.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>One person can be issued a certificate several times in one year. Certificates for persons working in two or more countries have not been specified by country.</x:t>
   </x:si>
   <x:si>
     <x:t>Symbols used in the table:
 0 = Magnitude less than half of unit employed
 - = Magnitude nil or category not applicable
 .. = Data not available or not published due to small number of cases</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250131 09:00</x:t>
+    <x:t>20260129 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions, Statistics service, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Number, %</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -602,577 +602,577 @@
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>22518</x:v>
+        <x:v>26687</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>16389</x:v>
+        <x:v>19829</x:v>
       </x:c>
       <x:c r="H4" s="3" t="n">
-        <x:v>6129</x:v>
+        <x:v>6858</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="C5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>9750</x:v>
+        <x:v>13157</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>7899</x:v>
+        <x:v>10633</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>1851</x:v>
+        <x:v>2524</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="C6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>1926</x:v>
+        <x:v>2115</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>1663</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
-        <x:v>263</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="C7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>1871</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>848</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
-        <x:v>1023</x:v>
+        <x:v>969</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="C8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>1012</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>732</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
-        <x:v>280</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="C9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
-        <x:v>885</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>666</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
-        <x:v>219</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="C10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
-        <x:v>759</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>530</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
-        <x:v>229</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="C11" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>598</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>332</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
-        <x:v>266</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="C12" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>416</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>283</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
-        <x:v>133</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="C13" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>365</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>172</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
-        <x:v>193</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="C14" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E14" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>356</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>250</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
-        <x:v>106</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="C15" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E15" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
-        <x:v>348</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>256</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
-        <x:v>92</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="C16" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D16" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E16" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
-        <x:v>346</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
-        <x:v>238</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
-        <x:v>108</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="C17" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D17" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
-        <x:v>340</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>134</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
-        <x:v>206</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="C18" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D18" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E18" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
-        <x:v>309</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
-        <x:v>208</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
-        <x:v>101</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="C19" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D19" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E19" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>243</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
-        <x:v>136</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
-        <x:v>107</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="C20" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D20" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E20" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
-        <x:v>206</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
-        <x:v>157</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
-        <x:v>49</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="C21" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D21" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E21" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
-        <x:v>199</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
-        <x:v>133</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
-        <x:v>66</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="C22" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D22" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E22" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
-        <x:v>195</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
-        <x:v>133</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
-        <x:v>62</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="C23" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D23" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E23" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
-        <x:v>189</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
-        <x:v>82</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
-        <x:v>107</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="C24" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D24" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E24" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
-        <x:v>189</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
-        <x:v>149</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H24" s="3" t="n">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="C25" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D25" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E25" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
-        <x:v>151</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H25" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="C26" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D26" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E26" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
-        <x:v>130</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
-        <x:v>97</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="C27" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D27" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E27" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
-        <x:v>124</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
-        <x:v>64</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="C28" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D28" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E28" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
-        <x:v>122</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
-        <x:v>78</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="C29" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D29" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E29" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
-        <x:v>116</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
-        <x:v>99</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H29" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="C30" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D30" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E30" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
-        <x:v>105</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
-        <x:v>55</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
         <x:v>39</x:v>