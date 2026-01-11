--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f266e6b79024264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/36d18f79035d427e81abd900a08fdd86.psmdcp" Id="Re752aec34aa24f63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd43c3e4bf56743af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5bfea1d2faf64b8cbe8019959d35b878.psmdcp" Id="R7a720389cbd74cf6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno03_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Earnings-related and Kela's pension expenditure by pension benefit, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>