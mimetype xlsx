--- v1 (2026-01-11)
+++ v2 (2026-02-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd43c3e4bf56743af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5bfea1d2faf64b8cbe8019959d35b878.psmdcp" Id="R7a720389cbd74cf6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra98895d13a6646e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e3637c643b74de88b61e5518b8fbcb3.psmdcp" Id="R9d1f6b43d7724e9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno03_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Earnings-related and Kela's pension expenditure by pension benefit, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>