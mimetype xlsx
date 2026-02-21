--- v2 (2026-02-01)
+++ v3 (2026-02-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra98895d13a6646e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e3637c643b74de88b61e5518b8fbcb3.psmdcp" Id="R9d1f6b43d7724e9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99195f341f274e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c001e4cbcda34335a31ae6d0456c088d.psmdcp" Id="Rb90777ad48d94e66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno03_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Earnings-related and Kela's pension expenditure by pension benefit, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>