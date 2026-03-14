--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99195f341f274e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c001e4cbcda34335a31ae6d0456c088d.psmdcp" Id="Rb90777ad48d94e66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6759f67c348c4e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2da6cee6215a465985ec0730b7ecfb1f.psmdcp" Id="R7fb31e9d237f43d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="emeno03_laji" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Earnings-related and Kela's pension expenditure by pension benefit, mill. euros</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>