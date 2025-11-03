--- v0 (2025-10-04)
+++ v1 (2025-11-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04d7db6536ba46d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/637f147453684955beadb639b9d2d1f6.psmdcp" Id="R090ce78ec51d470f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R741e827b0d9841f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e60a263ca4a453bac047a63caba6fea.psmdcp" Id="Rb530ada54df04129" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_20tod_hryhma" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Granted certificates on coverage by Finnish social security while working abroad</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>