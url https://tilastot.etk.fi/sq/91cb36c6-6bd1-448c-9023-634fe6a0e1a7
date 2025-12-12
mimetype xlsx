--- v1 (2025-11-03)
+++ v2 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R741e827b0d9841f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e60a263ca4a453bac047a63caba6fea.psmdcp" Id="Rb530ada54df04129" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc30db53cfc14f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/76f811cb68d047e997d49d13bf0b84e3.psmdcp" Id="R3038c65a142a4a0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_20tod_hryhma" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Granted certificates on coverage by Finnish social security while working abroad</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>