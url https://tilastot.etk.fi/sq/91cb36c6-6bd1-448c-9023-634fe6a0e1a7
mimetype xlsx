--- v2 (2025-12-12)
+++ v3 (2026-03-17)
@@ -1,116 +1,116 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc30db53cfc14f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/76f811cb68d047e997d49d13bf0b84e3.psmdcp" Id="R3038c65a142a4a0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9b4f0409abc4683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/002359b497394569b183f4eb0a0dae6c.psmdcp" Id="R6aa0f0a15d0649e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_20tod_hryhma" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Granted certificates on coverage by Finnish social security while working abroad</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>
     <x:t>Males</x:t>
   </x:si>
   <x:si>
     <x:t>Females</x:t>
   </x:si>
   <x:si>
     <x:t>Certificates, number</x:t>
   </x:si>
   <x:si>
-    <x:t>2024</x:t>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>All personnel groups</x:t>
   </x:si>
   <x:si>
     <x:t>All periods of validity of the certificate</x:t>
   </x:si>
   <x:si>
     <x:t>Under 25</x:t>
   </x:si>
   <x:si>
     <x:t>25 - 34</x:t>
   </x:si>
   <x:si>
     <x:t>35 - 44</x:t>
   </x:si>
   <x:si>
     <x:t>45 - 54</x:t>
   </x:si>
   <x:si>
     <x:t>55 - 64</x:t>
   </x:si>
   <x:si>
     <x:t>65 -</x:t>
   </x:si>
   <x:si>
     <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://etk.fi/en/research-statistics-and-projections/statistics/posted-workers/&gt;&lt;u&gt;Go to Statistics on Insurance for Work Abroad and Posted Workers.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>One person can be issued a certificate several times in one year.</x:t>
   </x:si>
   <x:si>
     <x:t>Symbols used in the table:
 - = Magnitude nil or category not applicable
 .. = Data not available or not published due to small number of cases</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250131 09:00</x:t>
+    <x:t>20260129 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions, Statistics service, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Number, days</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -538,127 +538,127 @@
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>1203</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>899</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="H4" s="3" t="n">
-        <x:v>304</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="E5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>6076</x:v>
+        <x:v>7171</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>4129</x:v>
+        <x:v>5146</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>1947</x:v>
+        <x:v>2025</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="E6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>6329</x:v>
+        <x:v>7307</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>4696</x:v>
+        <x:v>5540</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
-        <x:v>1633</x:v>
+        <x:v>1767</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="E7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>5169</x:v>
+        <x:v>6360</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>3824</x:v>
+        <x:v>4778</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
-        <x:v>1345</x:v>
+        <x:v>1582</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="E8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>3427</x:v>
+        <x:v>4012</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>2580</x:v>
+        <x:v>2913</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
-        <x:v>847</x:v>
+        <x:v>1099</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="E9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
-        <x:v>314</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>261</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
-        <x:v>53</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
         <x:v>18</x:v>