--- v0 (2025-12-18)
+++ v1 (2026-01-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re19b516c13894d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b0bcea5e5df41f499275f30320e3a30.psmdcp" Id="R1d8d29af4309492b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3333d11fffe34a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3706742b6afc4962a22a48a313827942.psmdcp" Id="R87af01faae7c4c48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus03" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Kostnader för rehabiliteringsåtgärder efter rehabiliteringsåtgärd</x:t>
   </x:si>
   <x:si>
     <x:t>Antal rehabiliteringsklienter, antal</x:t>
   </x:si>
   <x:si>