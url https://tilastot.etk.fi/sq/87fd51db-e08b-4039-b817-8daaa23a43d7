--- v1 (2026-01-08)
+++ v2 (2026-01-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3333d11fffe34a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3706742b6afc4962a22a48a313827942.psmdcp" Id="R87af01faae7c4c48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reae12c1c54a54f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4a850602bdb46b3897da45c054c49fd.psmdcp" Id="R1fc382474f624466" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus03" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Kostnader för rehabiliteringsåtgärder efter rehabiliteringsåtgärd</x:t>
   </x:si>
   <x:si>
     <x:t>Antal rehabiliteringsklienter, antal</x:t>
   </x:si>
   <x:si>