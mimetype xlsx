--- v2 (2026-01-29)
+++ v3 (2026-02-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reae12c1c54a54f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4a850602bdb46b3897da45c054c49fd.psmdcp" Id="R1fc382474f624466" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2b0df9c9fc748bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c165137167434ccfad682cb0b7e34079.psmdcp" Id="R3b5fa46febd048bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus03" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Kostnader för rehabiliteringsåtgärder efter rehabiliteringsåtgärd</x:t>
   </x:si>
   <x:si>
     <x:t>Antal rehabiliteringsklienter, antal</x:t>
   </x:si>
   <x:si>