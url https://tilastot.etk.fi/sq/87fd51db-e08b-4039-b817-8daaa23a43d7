--- v3 (2026-02-18)
+++ v4 (2026-03-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2b0df9c9fc748bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c165137167434ccfad682cb0b7e34079.psmdcp" Id="R3b5fa46febd048bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf079e63975d4606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9da5f0288eb94a8fa124e333f9e2fc74.psmdcp" Id="R790bbd80a157497f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus03" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Kostnader för rehabiliteringsåtgärder efter rehabiliteringsåtgärd</x:t>
   </x:si>
   <x:si>
     <x:t>Antal rehabiliteringsklienter, antal</x:t>
   </x:si>
   <x:si>