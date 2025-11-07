--- v0 (2025-10-06)
+++ v1 (2025-11-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66cd6d4663524881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1fbc133fefa428ea8ef17e48c18e461.psmdcp" Id="R32197e5e8b7b4a6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R537b90432fe94489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f82a5b5240f414587c37db40e27a6ef.psmdcp" Id="Rf2d153ffbf5f411d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_20tod_hryhma" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Beviljade intyg om rätt att omfattas av finländsk social trygghet under utlandsarbete</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>