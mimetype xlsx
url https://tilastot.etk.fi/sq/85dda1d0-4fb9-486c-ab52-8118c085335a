--- v1 (2025-11-07)
+++ v2 (2025-11-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R537b90432fe94489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f82a5b5240f414587c37db40e27a6ef.psmdcp" Id="Rf2d153ffbf5f411d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1c486dc06964d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9faaabab7f1f48bfbc16a49346ec4688.psmdcp" Id="Rd7cbbd9cfac04d34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_20tod_hryhma" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Beviljade intyg om rätt att omfattas av finländsk social trygghet under utlandsarbete</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>