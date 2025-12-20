--- v2 (2025-11-28)
+++ v3 (2025-12-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1c486dc06964d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9faaabab7f1f48bfbc16a49346ec4688.psmdcp" Id="Rd7cbbd9cfac04d34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R817057728e5a407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a54c97959b6f48e8a112c21212f18bb8.psmdcp" Id="R5340715a69ab4d6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_20tod_hryhma" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Beviljade intyg om rätt att omfattas av finländsk social trygghet under utlandsarbete</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>