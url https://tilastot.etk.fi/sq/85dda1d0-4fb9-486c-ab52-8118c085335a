--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R817057728e5a407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a54c97959b6f48e8a112c21212f18bb8.psmdcp" Id="R5340715a69ab4d6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c39973e79084eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/48d710d8927645549db775b95a8efdff.psmdcp" Id="R441b0d848f00419f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_20tod_hryhma" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Beviljade intyg om rätt att omfattas av finländsk social trygghet under utlandsarbete</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>