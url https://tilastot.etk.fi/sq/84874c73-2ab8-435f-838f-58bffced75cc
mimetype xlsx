--- v0 (2026-01-01)
+++ v1 (2026-03-17)
@@ -1,113 +1,113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccfce13ae4b2453f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d7cb610c93d4054b95265e9e58af0ae.psmdcp" Id="R532ef3b8f7844486" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R178d80770fb24088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fbc5f950d0e94286a12cc44e2605ea6e.psmdcp" Id="R70acb7b48e804901" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="lah1_20tod_hryhma" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <x:si>
     <x:t>Granted certificates on coverage by Finnish social security while working abroad</x:t>
   </x:si>
   <x:si>
     <x:t>Both genders</x:t>
   </x:si>
   <x:si>
     <x:t>Males</x:t>
   </x:si>
   <x:si>
     <x:t>Females</x:t>
   </x:si>
   <x:si>
     <x:t>Certificates, number</x:t>
   </x:si>
   <x:si>
-    <x:t>2024</x:t>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>All personnel groups</x:t>
   </x:si>
   <x:si>
     <x:t>All periods of validity of the certificate</x:t>
   </x:si>
   <x:si>
     <x:t>All age groups</x:t>
   </x:si>
   <x:si>
     <x:t>Period of validity: less than 3 months</x:t>
   </x:si>
   <x:si>
     <x:t>Period of validity: 3 months - 1 year</x:t>
   </x:si>
   <x:si>
     <x:t>Period of validity: 1 - 2 years</x:t>
   </x:si>
   <x:si>
     <x:t>Period of validity: more than 2 years</x:t>
   </x:si>
   <x:si>
     <x:t>A description of the statistics, the concepts, the definitions and the quality descriptions are available on the Etk.fi website. &lt;A HREF=https://etk.fi/en/research-statistics-and-projections/statistics/posted-workers/&gt;&lt;u&gt;Go to Statistics on Insurance for Work Abroad and Posted Workers.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>One person can be issued a certificate several times in one year.</x:t>
   </x:si>
   <x:si>
     <x:t>Symbols used in the table:
 - = Magnitude nil or category not applicable
 .. = Data not available or not published due to small number of cases</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250131 09:00</x:t>
+    <x:t>20260129 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Finnish Centre for Pensions, Statistics service, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Number, days</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -535,125 +535,125 @@
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>22518</x:v>
+        <x:v>26687</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>16389</x:v>
+        <x:v>19829</x:v>
       </x:c>
       <x:c r="H4" s="3" t="n">
-        <x:v>6129</x:v>
+        <x:v>6858</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="D5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>9615</x:v>
+        <x:v>10416</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>6290</x:v>
+        <x:v>6979</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>3325</x:v>
+        <x:v>3437</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="D6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>5468</x:v>
+        <x:v>6791</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>4195</x:v>
+        <x:v>5436</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
-        <x:v>1273</x:v>
+        <x:v>1355</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="D7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="E7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>5044</x:v>
+        <x:v>7678</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>4037</x:v>
+        <x:v>6062</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
-        <x:v>1007</x:v>
+        <x:v>1616</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="D8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>2391</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>1867</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
-        <x:v>524</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
         <x:v>17</x:v>