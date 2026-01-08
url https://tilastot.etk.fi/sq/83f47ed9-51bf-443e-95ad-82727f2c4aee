--- v0 (2025-12-18)
+++ v1 (2026-01-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38d8f09486944e92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8e13a69372c40ba9901c947340c6af2.psmdcp" Id="R596d4ba516c3452d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd909066682624eb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b8e324331cd4cdfa2927df5fd79be16.psmdcp" Id="R319c4de8307b45a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus02" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <x:si>
     <x:t>Kostnader för arbetspensionsrehabilitering</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>