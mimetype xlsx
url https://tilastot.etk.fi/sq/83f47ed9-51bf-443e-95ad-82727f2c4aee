--- v1 (2026-01-08)
+++ v2 (2026-01-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd909066682624eb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b8e324331cd4cdfa2927df5fd79be16.psmdcp" Id="R319c4de8307b45a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77f094670bc249f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a04fafb5e34e46ab81cb7c55ff32c300.psmdcp" Id="Rafcd3c3ade114d26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus02" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <x:si>
     <x:t>Kostnader för arbetspensionsrehabilitering</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>