--- v2 (2026-01-29)
+++ v3 (2026-02-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77f094670bc249f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a04fafb5e34e46ab81cb7c55ff32c300.psmdcp" Id="Rafcd3c3ade114d26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e2eb073be404786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/03948ffe2fb04e4fba80dbc09298d6a6.psmdcp" Id="R23079eee1b0343c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus02" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <x:si>
     <x:t>Kostnader för arbetspensionsrehabilitering</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>