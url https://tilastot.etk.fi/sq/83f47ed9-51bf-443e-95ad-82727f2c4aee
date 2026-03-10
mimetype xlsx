--- v3 (2026-02-18)
+++ v4 (2026-03-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e2eb073be404786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/03948ffe2fb04e4fba80dbc09298d6a6.psmdcp" Id="R23079eee1b0343c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3c53915a6004dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe726997f41546e38285c4bf185f86ef.psmdcp" Id="R55c9eb921ce54dcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus02" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <x:si>
     <x:t>Kostnader för arbetspensionsrehabilitering</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>