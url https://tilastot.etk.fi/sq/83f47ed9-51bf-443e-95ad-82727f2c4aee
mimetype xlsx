--- v4 (2026-03-10)
+++ v5 (2026-03-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3c53915a6004dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe726997f41546e38285c4bf185f86ef.psmdcp" Id="R55c9eb921ce54dcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8cc163612834f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9449d7bd923c4442b3fca90225cf9c83.psmdcp" Id="R15ae964b229345d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuntoutus02" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <x:si>
     <x:t>Kostnader för arbetspensionsrehabilitering</x:t>
   </x:si>
   <x:si>
     <x:t>Båda könen</x:t>
   </x:si>
   <x:si>