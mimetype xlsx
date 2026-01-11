--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf80beee722434a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42a0cbe495ae4215b1acae94e4749012.psmdcp" Id="R678b9823991a4eff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a693e97dcea4fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/694ba22a2c7a40f3abb57a76b9d5f602.psmdcp" Id="R2920937f9e3546ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Työeläkkeensaajien kuukausitilasto</x:t>
   </x:si>
   <x:si>
     <x:t>Tilastokuukausi</x:t>
   </x:si>
   <x:si>