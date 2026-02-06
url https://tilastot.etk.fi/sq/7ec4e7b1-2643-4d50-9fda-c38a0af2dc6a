--- v1 (2026-01-11)
+++ v2 (2026-02-06)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a693e97dcea4fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/694ba22a2c7a40f3abb57a76b9d5f602.psmdcp" Id="R2920937f9e3546ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7841a7ef149f4ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/871d0b16dc2d4641a9c3da598aa4d07e.psmdcp" Id="R5d0b54f10e6b42dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Työeläkkeensaajien kuukausitilasto</x:t>
   </x:si>
   <x:si>
     <x:t>Tilastokuukausi</x:t>
   </x:si>
   <x:si>
     <x:t>Kuukausimuutos</x:t>
   </x:si>
   <x:si>
     <x:t>Kuukausimuutos, %</x:t>
   </x:si>
   <x:si>
     <x:t>Vuosimuutos</x:t>
   </x:si>
   <x:si>
     <x:t>Vuosimuutos, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M11</x:t>
+    <x:t>2025M12</x:t>
   </x:si>
   <x:si>
     <x:t>Vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Kuukauden työeläkemeno, 1 000 euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Varsinainen vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Maatalouden erityiseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osa-aikaeläke</x:t>
   </x:si>
@@ -81,51 +81,51 @@
   </x:si>
   <x:si>
     <x:t>Perhe-eläke</x:t>
   </x:si>
   <x:si>
     <x:t>Kaikki eläkelajit</x:t>
   </x:si>
   <x:si>
     <x:t>Tilaston kuvaus, käsitteet ja määritelmät sekä laatuseloste ovat saatavilla Etk.fi-palvelussa. &lt;A HREF=https://etk.fi/tutkimus-tilastot-ja-ennusteet/tilastot/tyoelakkeensaajat/&gt;&lt;u&gt;Siirry Suomen työeläkkeensaajat -tilaston verkkosivulle Etk.fi-palveluun.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukon eri eläkelajit eivät ole yhteenlaskettavissa, koska henkilön on mahdollista saada samanaikaisesti usean eläkelajin mukaista eläkettä.</x:t>
   </x:si>
   <x:si>
     <x:t>Vuoden 2021 alusta lähtien nollan euron suuruiset perhe-eläkkeet eivät enää sisälly tilastoon.</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukossa käytetyt merkinnät:
 - = ei tapauksia tai loogisesti mahdoton
 .. = tietoa ei ole saatavissa tai sitä ei julkaista tapausten vähäisyyden vuoksi</x:t>
   </x:si>
   <x:si>
     <x:t>Päivitetty viimeksi:</x:t>
   </x:si>
   <x:si>
-    <x:t>20251217 09:00</x:t>
+    <x:t>20260119 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lähde:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus</x:t>
   </x:si>
   <x:si>
     <x:t>Yhteystiedot:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus, Tilastopalvelu, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Tekijänoikeus</x:t>
   </x:si>
   <x:si>
     <x:t>Yksikkö:</x:t>
   </x:si>
   <x:si>
     <x:t>Lkm, euroa/kk, 1 000 euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Sisäinen viitekoodi:</x:t>
   </x:si>
@@ -565,244 +565,244 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>2770322</x:v>
+        <x:v>2769657</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>408</x:v>
+        <x:v>-665</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>58373</x:v>
+        <x:v>55788</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>2716864</x:v>
+        <x:v>2716878</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>1108</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>60022</x:v>
+        <x:v>58595</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>5594</x:v>
+        <x:v>5529</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>-65</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>-49</x:v>
+        <x:v>-181</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>47864</x:v>
+        <x:v>47250</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>-634</x:v>
+        <x:v>-614</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>-1600</x:v>
+        <x:v>-2626</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>-5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>153329</x:v>
+        <x:v>153353</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>-211</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>2039</x:v>
+        <x:v>2553</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>983</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>-18</x:v>
+        <x:v>-24</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>-275</x:v>
+        <x:v>-265</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>-21.9</x:v>
+        <x:v>-21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>171716</x:v>
+        <x:v>171524</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>-192</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>1357</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>3096350</x:v>
+        <x:v>3095492</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>183</x:v>
+        <x:v>-858</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>61495</x:v>
+        <x:v>59534</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="6" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="6" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="6" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="6" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>