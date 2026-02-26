--- v2 (2026-02-06)
+++ v3 (2026-02-26)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7841a7ef149f4ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/871d0b16dc2d4641a9c3da598aa4d07e.psmdcp" Id="R5d0b54f10e6b42dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc1570ac9a484d98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0160e4faaee64ed7b6f2762e2efeeea1.psmdcp" Id="R028f116dabc24a24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Työeläkkeensaajien kuukausitilasto</x:t>
   </x:si>
   <x:si>
     <x:t>Tilastokuukausi</x:t>
   </x:si>
   <x:si>
     <x:t>Kuukausimuutos</x:t>
   </x:si>
   <x:si>
     <x:t>Kuukausimuutos, %</x:t>
   </x:si>
   <x:si>
     <x:t>Vuosimuutos</x:t>
   </x:si>
   <x:si>
     <x:t>Vuosimuutos, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2025M12</x:t>
+    <x:t>2026M01</x:t>
   </x:si>
   <x:si>
     <x:t>Vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Kuukauden työeläkemeno, 1 000 euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Varsinainen vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Maatalouden erityiseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osa-aikaeläke</x:t>
   </x:si>
@@ -81,51 +81,51 @@
   </x:si>
   <x:si>
     <x:t>Perhe-eläke</x:t>
   </x:si>
   <x:si>
     <x:t>Kaikki eläkelajit</x:t>
   </x:si>
   <x:si>
     <x:t>Tilaston kuvaus, käsitteet ja määritelmät sekä laatuseloste ovat saatavilla Etk.fi-palvelussa. &lt;A HREF=https://etk.fi/tutkimus-tilastot-ja-ennusteet/tilastot/tyoelakkeensaajat/&gt;&lt;u&gt;Siirry Suomen työeläkkeensaajat -tilaston verkkosivulle Etk.fi-palveluun.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukon eri eläkelajit eivät ole yhteenlaskettavissa, koska henkilön on mahdollista saada samanaikaisesti usean eläkelajin mukaista eläkettä.</x:t>
   </x:si>
   <x:si>
     <x:t>Vuoden 2021 alusta lähtien nollan euron suuruiset perhe-eläkkeet eivät enää sisälly tilastoon.</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukossa käytetyt merkinnät:
 - = ei tapauksia tai loogisesti mahdoton
 .. = tietoa ei ole saatavissa tai sitä ei julkaista tapausten vähäisyyden vuoksi</x:t>
   </x:si>
   <x:si>
     <x:t>Päivitetty viimeksi:</x:t>
   </x:si>
   <x:si>
-    <x:t>20260119 09:00</x:t>
+    <x:t>20260218 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lähde:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus</x:t>
   </x:si>
   <x:si>
     <x:t>Yhteystiedot:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus, Tilastopalvelu, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Tekijänoikeus</x:t>
   </x:si>
   <x:si>
     <x:t>Yksikkö:</x:t>
   </x:si>
   <x:si>
     <x:t>Lkm, euroa/kk, 1 000 euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Sisäinen viitekoodi:</x:t>
   </x:si>
@@ -565,247 +565,247 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>2769657</x:v>
+        <x:v>2799568</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>-665</x:v>
+        <x:v>29911</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>55788</x:v>
+        <x:v>42226</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>2716878</x:v>
+        <x:v>2747192</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>14</x:v>
+        <x:v>30314</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>58595</x:v>
+        <x:v>47387</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>5529</x:v>
+        <x:v>5485</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>-65</x:v>
+        <x:v>-44</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>-181</x:v>
+        <x:v>-459</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>-7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>47250</x:v>
+        <x:v>46890</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>-614</x:v>
+        <x:v>-360</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>-2626</x:v>
+        <x:v>-4704</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>-5.3</x:v>
+        <x:v>-9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>153353</x:v>
+        <x:v>154472</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>2553</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>959</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>-24</x:v>
+        <x:v>-13</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>-265</x:v>
+        <x:v>-264</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>-21.7</x:v>
+        <x:v>-21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>171524</x:v>
+        <x:v>173032</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>-192</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>1459</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>3095492</x:v>
+        <x:v>3128018</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>-858</x:v>
+        <x:v>32526</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>59534</x:v>
+        <x:v>44653</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="6" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="6" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="6" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="6" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
         <x:v>22</x:v>