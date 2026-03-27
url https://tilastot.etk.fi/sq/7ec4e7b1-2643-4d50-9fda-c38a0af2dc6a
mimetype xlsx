--- v3 (2026-02-26)
+++ v4 (2026-03-27)
@@ -1,131 +1,131 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc1570ac9a484d98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0160e4faaee64ed7b6f2762e2efeeea1.psmdcp" Id="R028f116dabc24a24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52a6af645b44d41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2a1c88e881e4f6487e6c16d01593bc2.psmdcp" Id="Ra138272b318b43e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="kuti10_elsa" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Työeläkkeensaajien kuukausitilasto</x:t>
   </x:si>
   <x:si>
     <x:t>Tilastokuukausi</x:t>
   </x:si>
   <x:si>
     <x:t>Kuukausimuutos</x:t>
   </x:si>
   <x:si>
     <x:t>Kuukausimuutos, %</x:t>
   </x:si>
   <x:si>
     <x:t>Vuosimuutos</x:t>
   </x:si>
   <x:si>
     <x:t>Vuosimuutos, %</x:t>
   </x:si>
   <x:si>
-    <x:t>2026M01</x:t>
+    <x:t>2026M02</x:t>
   </x:si>
   <x:si>
     <x:t>Vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Kuukauden työeläkemeno, 1 000 euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Varsinainen vanhuuseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 25 %</x:t>
   </x:si>
   <x:si>
     <x:t>Osittainen varhennettu vanhuuseläke 50 %</x:t>
   </x:si>
   <x:si>
     <x:t>Työkyvyttömyyseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Maatalouden erityiseläke</x:t>
   </x:si>
   <x:si>
     <x:t>Osa-aikaeläke</x:t>
   </x:si>
   <x:si>
     <x:t>-</x:t>
   </x:si>
   <x:si>
     <x:t>Perhe-eläke</x:t>
   </x:si>
   <x:si>
     <x:t>Kaikki eläkelajit</x:t>
   </x:si>
   <x:si>
-    <x:t>Tilaston kuvaus, käsitteet ja määritelmät sekä laatuseloste ovat saatavilla Etk.fi-palvelussa. &lt;A HREF=https://etk.fi/tutkimus-tilastot-ja-ennusteet/tilastot/tyoelakkeensaajat/&gt;&lt;u&gt;Siirry Suomen työeläkkeensaajat -tilaston verkkosivulle Etk.fi-palveluun.&lt;/u&gt;&lt;/A&gt;</x:t>
+    <x:t>Tilaston kuvaus, käsitteet ja määritelmät sekä laatuseloste ovat saatavilla Etk.fi-palvelussa. &lt;A HREF=https://www.etk.fi/tutkimus-tilastot-ja-ennusteet/tilastot/elakkeensaajat-ja-elakemenot/suomen-tyoelakkeensaajat/&gt;&lt;u&gt;Siirry Suomen työeläkkeensaajat -tilaston verkkosivulle Etk.fi-palveluun.&lt;/u&gt;&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukon eri eläkelajit eivät ole yhteenlaskettavissa, koska henkilön on mahdollista saada samanaikaisesti usean eläkelajin mukaista eläkettä.</x:t>
   </x:si>
   <x:si>
     <x:t>Vuoden 2021 alusta lähtien nollan euron suuruiset perhe-eläkkeet eivät enää sisälly tilastoon.</x:t>
   </x:si>
   <x:si>
     <x:t>Taulukossa käytetyt merkinnät:
 - = ei tapauksia tai loogisesti mahdoton
 .. = tietoa ei ole saatavissa tai sitä ei julkaista tapausten vähäisyyden vuoksi</x:t>
   </x:si>
   <x:si>
     <x:t>Päivitetty viimeksi:</x:t>
   </x:si>
   <x:si>
-    <x:t>20260218 09:00</x:t>
+    <x:t>20260318 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lähde:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus</x:t>
   </x:si>
   <x:si>
     <x:t>Yhteystiedot:</x:t>
   </x:si>
   <x:si>
     <x:t>Eläketurvakeskus, Tilastopalvelu, tilastot(at)etk.fi</x:t>
   </x:si>
   <x:si>
     <x:t>Tekijänoikeus</x:t>
   </x:si>
   <x:si>
     <x:t>Yksikkö:</x:t>
   </x:si>
   <x:si>
     <x:t>Lkm, euroa/kk, 1 000 euroa</x:t>
   </x:si>
   <x:si>
     <x:t>Sisäinen viitekoodi:</x:t>
   </x:si>
@@ -565,244 +565,244 @@
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>2799568</x:v>
+        <x:v>2801366</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>29911</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="F4" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>42226</x:v>
+        <x:v>41045</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="B5" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>2747192</x:v>
+        <x:v>2748913</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>30314</x:v>
+        <x:v>1721</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>47387</x:v>
+        <x:v>46120</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="B6" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>5485</x:v>
+        <x:v>5480</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>-44</x:v>
+        <x:v>-5</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>-459</x:v>
+        <x:v>-497</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>-7.7</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="B7" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>46890</x:v>
+        <x:v>46972</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>-360</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>-4704</x:v>
+        <x:v>-4579</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>-9.1</x:v>
+        <x:v>-8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="B8" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>154472</x:v>
+        <x:v>153945</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>1119</x:v>
+        <x:v>-527</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>1870</x:v>
+        <x:v>1879</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="B9" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>946</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>-13</x:v>
+        <x:v>-26</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>-264</x:v>
+        <x:v>-265</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>-21.8</x:v>
+        <x:v>-22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="B10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="B11" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>173032</x:v>
+        <x:v>172867</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>1508</x:v>
+        <x:v>-165</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>820</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="B12" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>3128018</x:v>
+        <x:v>3129097</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>32526</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>44653</x:v>
+        <x:v>43256</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="6" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="6" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="6" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="6" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>